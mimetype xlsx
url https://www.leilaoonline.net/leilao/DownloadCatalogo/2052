--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,859 +269,755 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143577", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143577", " 01 CABINE DE JATO DUPLA COMPLETA COM EXAUSTOR E AMPLIAÇÃO DE CABINE. FUNCIONADO EM PERFEITO ESTADO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143554", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143554", " 2 VÁLVULA BORBOLETA BI-EXCÊNTRICA INOX C/CAIXA REDUTORA LUG 300LBS 16" - BRAY / 1 VÁLVULA BORBOLETA BI-EXCÊNTRICA INOX C/CAIXA REDUTORA LUG 300LBS 10" - BRAY / 1 VÁLVULA BORBOLETA BI-EXCÊNTRICA INOX C/CAIXA REDUTORA LUG 300LBS 8" - BRAY / 1 VÁLVULA BORBOLETA BI-EXCÊNTRICA INOX C/CAIXA REDUTORA LUG ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>66.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143556", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143556", " 2 VÁLVULA BORBOLETA LUG C/CAIXA REDUTORA CORPO FERRO, DISCO BRONZE E VEDAÇÃO EPDM 12" - BRAY / 4 VÁLVULA BORBOLETA LUG C/CAIXA REDUTORA CORPO FERRO, DISCO BRONZE E VEDAÇÃO EPDM 10" - BRAY / 8 VÁLVULA BORBOLETA LUG C/CAIXA REDUTORA CORPO FERRO, DISCO BRONZE E VEDAÇÃO EPDM 8" - BRAY")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143553", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143553", " 2 VÁLVULAS DE COTROLE FLANEGADA 300LBS NOVA 10" - MASONEILAN /2 VÁLVULAS DE COTROLE FLANEGADA 150LBS TOTAL INOX 4" - MASONEILAN / 4 VÁLVULAS DE COTROLE FLANEGADA 150LBS TOTAL INOX 3" - MASONEILAN / 1 VÁLVULA DE COTROLE FLANEGADA 150LBS TOTAL INOX 1 1/2" - MASONEILAN / 1 MEDIDOR DE VAZÃO - MASONEILA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>78.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143552", "009")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143552", " 2 GLOBO AERO COM FOLE 6" - SARCO / 1 GLOBO AERO COM FOLE 5" - SARCO / 3 GLOBO AERO COM FOLE 4" - IMPORTADO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143568", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143568", " 1 REDUTORA DE PRESSÃO 6" - SPIRAX SARCO / 2 SEPARADOR DE UMIDADE 6" - SARCO  ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143570", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143570", " 2 VÁLVULAS DE SEGURANÇA 4"X6" - SPIRAX SARCO / 2 VÁLVULAS DE SEGURANÇA 4"X6" - NAC")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143561", "014")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143561", " 17 VÁLVULA DE CONTROLE COM ATUADOR 1.1/2" / 2 VÁLVULA DE CONTROLE COM ATUADOR 1" / 3 VÁLVULA DE CONTROLE COM ATUADOR 3/4"")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143564", "015")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143564", " 1 VÁLVULA ALÍVIO 150LBS 2"X2" - CROSBBY / 1 VÁLVULA ALÍVIO 150LBS 2"X3" - CROSBBY / 2 VÁLVULA ALÍVIO 150LBS 3"X4" - CROSBBY / 1 VÁLVULA ALÍVIO 150LBS 4"X6" - CROSBBY / 1 VÁLVULA ALÍVIO 150LBS 6"X8" - CROSBBY  ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143555", "016")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143555", " 3 VÁLVULA ALÍVIO 150LBS 1.1/2" x 2" - CROSBBY / 1 VÁLVULA ALÍVIO 150LBS 1.1/2" x 2.1/2" - CROSBBY /1 VÁLVULA ALÍVIO 150LBS 1.1/2" x 3" - CROSBBY /1 VÁLVULA ALÍVIO 150LBS 4" x 6" - CROSBBY / 1 VÁLVULA ALÍVIO 150LBS 6" x 8" - CROSBBY / 3 VÁLVULA SEGURANÇA 150LBS 4"X6" - NAC  ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143560", "017")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143560", " 17 VÁLVULAS DE CONTROLE VARIADAS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143558", "018")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143558", " 2 VÁLVULAS SEGURANÇA TOTAL INOX 150LBS NOVAS 4"X6" - SPIRAX SARCO / 2 VÁLVULAS SEGURANÇA TOTAL INOX 150LBS NOVAS 6"X8" - SPIRAX SARCO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143557", "019")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143557", " 1 VÁLVULA ALÍVIO 150LBS NOVA 6"X8" - CROSBBY / 3 VÁLVULAS SEGURANÇA 150LBS NOVAS 6"X8" - ENGEMASA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143565", "020")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143565", " 1 RETENÇÃO PORTINHOLA 150LBS 12" - MNA / 1 RETENÇÃO PORTINHOLA 600LBS 12" - SF / RETENÇÃO PORTINHOLA 300LBS 18" - DURCON    ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143569", "021")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143569", " APROX 100 VÁLVULAS ESFERAS PARA ALTA PRESSÃO  ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143574", "022")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143574", " 3 VÁLVULA GLOBO PASSAGEM RETA FLANGEADA 300LBS COM ATUADOR 4" - VALVUGÁS")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143562", "023")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143562", " 108 VÁLVULAS GLOBO ANGULAR 125LBS E 150LBS NOVAS")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143566", "024")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143566", " 3 VÁLVULA ESFERA 300LBS 6" / 2 VÁLVULA ESFERA 150LBS 6"   ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143576", "025")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143576", " APROX 121KG CAIXA REDUTORA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143572", "026")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143572", " 3 BOMBA PARA CONDENSADO- SARCO  ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143573", "027")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143573", " 1 VÁLVULA GUILHOTINA TOTAL INOX C/FACA DUPLA 20" / 1 VÁLVULA GUILHOTINA TOTAL INOX 16" / 2 VÁLVULAS GUILHOTINA TOTAL INOX 8" ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143563", "028")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143563", "05 VÁLVULAS BORBOLETAS E 10 FILTROS (veja especificações)")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143559", "029")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143559", " 2 VÁLVULAS GLOBO ANGULAR DE CHAPA 150LBS 20" / 1 VÁLVULA GLOBO ANGULAR DE CHAPA 150LBS 24" / 1 VÁLVULA GLOBO ANGULAR DE CHAPA 150LBS 36"    ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143567", "030")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143567", " 1 FILTRO CESTO DUPLEX 3" / 1 FILTRO CESTO DUPLEX 4" / 1 FILTRO CESTO DUPLEX 6"")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143571", "031")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143571", " 1 FILTRO CESTO SIMPLES 150LBS TOTAL INOX 6" / 2 FILTRO CESTO SIMPLES FERRO 6" / 2 FILTRO CESTO SIMPLES FERRO 4"")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143575", "032")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143575", " 1 FILTRO CESTO SIMPLEX 2" / 2 FILTROS CESTO SIMPLEX 4" / 3 FILTROS CESTO SIMPLEX 6"")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>