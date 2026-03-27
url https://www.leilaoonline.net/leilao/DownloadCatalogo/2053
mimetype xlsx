--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143745", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143745", " 90 PÇS Gaveteiro Rolante Ricco com rodízio - 03 gavetas s/chaves-")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143746", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143746", " 1 Pç Motor Bomba de Incêndio MWM")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143747", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143747", " 29 Pçs Swuitch Alcatel Lucent 6400-P48 - 24portas")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143749", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143749", " 2 Pçs Seladora Conjugada Delta Pack")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143748", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143748", " 90 Pçs Chapa Xadrez tam: 2x1mt - 5mm espessura")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>68.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143751", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143751", " 220 und Piso Elevado /chapas 62x62 - alt. De 20cm")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143752", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143752", " Acessório para Rack de Servidor - 20 Pçs Pacth painel rack servidor AMP RÉGUA - INCOMPLETA / 12 Pçs Pacth painel rack servidor AMP RÉGUA - SÓ A RÉGUA / 8 Pçs Pacth painel rack servidor AMP - regua completa /1 Pç Pacth painel rack servidor SO-HO PLUS - REGUA completa / 1 Pç Pacth painel rack servido")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143755", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143755", " 5 unidades de Torre Duplicadora - c 11 gravadores cada")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143754", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143754", " 12 unidades K7 AR COND YORK - 48,800BTU")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143753", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143753", " 12 unidades K7 AR COND YORK - 48,800BTU")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143757", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143757", " 12 unidades K7 AR COND YORK 16,800BTU")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143756", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143756", " 10 unidades K7 AR COND YORK 16,800BTU")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143760", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143760", " 10 unidades K7 AR COND YORK 16,800BTU")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143759", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143759", " 10 unidades K7 AR COND YORK 16,800BTU")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143758", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143758", " 10 unidades K7 AR COND YORK 16,800BTU")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143763", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143763", "100 unidades FONTE CHAVEADA 60A")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143761", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143761", " 75 unidades FONTE CHAVEADA 29A")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143762", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143762", " 2 unidades FILTRO SODRAMAR SODRAMAR FM100 - SEM A BOMBA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143764", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143764", " 2 unidades Mapoteca PANDIM 05 gavetas")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143767", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143767", " 1 unidades Mapoteca PANDIM 10 gavetas")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143766", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143766", " 1 unidades CHILLER CARRIER 225TR - 30GXB 380V")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>160.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143765", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143765", " 1 unidades CHILLER CARRIER 225TR - 30GXB 380V")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>160.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143768", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143768", " 1 unidade CHILLER YORK 200T")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>490.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143769", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143769", " 1 unidade PAINEL PRINCIPAL UNIVERSAL MONPAINEIS 220Vca 12Vcc DES: 7726")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143825", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143825", "100 unidades FONTE CHAVEADA 60A")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143827", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143827", "100 unidades FONTE CHAVEADA 60A")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143828", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143828", "94 unidades FONTE CHAVEADA 60A")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>