--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,187 +269,167 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143902", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143902", " Aproximadamente 670 Kgs de Sucata de cobre- Sem capa -  Lances por kg ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>23.115,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143901", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143901", " Aproximadamente 600 Kgs de Sucata de cobre - Com capa - Lances por kg ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>14.700,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143905", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143905", " Aproximadamente 8300 Kgs de Sucata de Pasta eletródica -  Lances por kg ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>7.470,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143904", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143904", " Aproximadamente 31000 Kgs de Sucata de eletrodo de grafite -  Lances por kg ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>124.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143903", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143903", " Aproximadamente 3500 Kgs de Sucata de cobre Com capa - Lances por kg ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>80.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>