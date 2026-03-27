--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143877", "099")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143877", "CAMINHÃO M.BENZ LP 321; CARA CHATA; 1962/1962; AZUL; DIESEL - FUNCIONANDO ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143879", "100")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143879", "VW/FUSCA 1300; 1976; BRANCO; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143881", "110")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143881", "GM/MONZA SL/E; 1982/1982; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143878", "120")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143878", "FIAT PALIO WEEKEND 1.6 16V; 2002/2003; PRETA; GASOLINA - FROTA 995 - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143883", "121")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143883", "VW/SAVEIRO CL; 1991/1991; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143873", "122")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143873", "veja o vídeo!! GM/BONANZA CUSTOM S; 1993/1993; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143884", "123")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143884", "veja o vídeo!! FIAT/PALIO EX; 2001/2002; VERMELHA; GASOLINA - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145225", "124")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145225", "veja o vídeo!! GM/VECTRA GSI 16V; 1994/1994; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143874", "125")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143874", "GM/KADETT LITE; 1993/1994; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143882", "126")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143882", "veja o vídeo!! FIAT/147 L; 1977/1977; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>6.250,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143875", "130")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143875", "veja o vídeo!! IMP/FORD ESCORT 1.8I GL; 1996/1996; VERDE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143876", "132")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143876", "veja o vídeo!! VW/GOL CL; 1988/1988; AZUL; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143880", "133")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143880", "HONDA/CIVIC LX; 1999/1999; VERDE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144764", "134")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144764", "veja o vídeo!! VW/FUSCA 1300 L; 1977/1977; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143887", "140")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143887", "VW//SANTANA; 2001/2001; BRANCA; ALCO./GNV - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143888", "142")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143888", "HONDA/CIVIC LX; 2002/2003; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143889", "143")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143889", "HONDA/CIVIC LX; 2002/2002; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143890", "144")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143890", "veja o vídeo!! VW/SAVEIRO GL 1.8; 1992/1993; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143885", "151")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143885", "veja o vídeo!! VW/KOMBI; 1980/1980; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143886", "152")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/143886", "veja o vídeo!! VW/FUSCA 1300; 1983/1983; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>