--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,827 +269,727 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145581", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145581", " Compressor GA160 Atlas Copco.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145580", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145580", " Compressor GA37 .")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145587", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145587", " Compressor GA75 .")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145582", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145582", " Secador de ar comprimido. Para vazão: 500 PCM")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145591", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145591", " Secador de ar para ar comprimido. Para vazão: 300 PCM")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145592", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145592", " Secador de ar para ar comprimido. Para vazão: 500 PCM")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145602", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145602", " Inversor para painel elétrico. Potência: 125 CV 380 V")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145585", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145585", " Motor WEG - 220 HP")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145583", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145583", " Motor WEG - 60 HP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145588", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145588", " Motor WEG - 100 HP")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145594", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145594", " Radiador de Compressor Atlas Copco - GA 807/1107.1207")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145595", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145595", " Radiador de Compressor Atlas Copco - GA 90/110/160")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145584", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145584", " Radiador Atlas Copco - GA 45")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145589", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145589", " Radiador Atlas Copco - GA 75/90")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145596", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145596", " Radiador Atlas Copco - GA 160")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145598", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145598", " Radiador Atlas Copco - GA 160")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145590", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145590", " Radiador Atlas Copco - GA 37")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145593", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145593", " Radiador Atlas Copco - GA 707")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145603", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145603", " Radiador Atlas Copco - GA 307")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145586", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145586", " Radiador de óleo - GA 707")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145599", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145599", " Radiador de óleo - GA 307")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145604", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145604", " Radiador de óleo - Compressor Sullair")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145597", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145597", " Radiador de Ar - GA 37")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145600", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145600", " Radiador de óleo GA 307/507")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145601", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145601", " Radiador de óleo G 75/90")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>