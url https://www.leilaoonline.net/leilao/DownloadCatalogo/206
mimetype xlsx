--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9663", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9663", " MÁQUINA PARA AFERIÇÃO DE HIDRÔMETROS.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9662", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9662", " 2 COMPACTADORES DE SOLO; 1 MÁQUINA DE DESENTUPIR ESGOTO RIDGID 500; 3 LIXADEIRAS; 1 ALISADORA DE ASFALTO; 1 CORPO DE BOMBA D'ÁGUA.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9665", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9665", " SUCATA DIVERSAS (INFORMÁTICA, CADEIRAS, MESAS, MÁQUINA DE ESCREVER, MATERIAIS FERROSOS E OUTROS).")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9667", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9667", " 5 BICICLETAS CALOI BARRA FORTE.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9664", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9664", " BOMBA DOSADORA, BATEDOR DE ÓLEO, AERADOR, PAINÉIS, MEDIDORES ELETRÔNICOS DE NÍVEL, DOSADORA DE CLORO, VÁLVULAS, ROÇADEIRA ENTRE OUTROS.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9666", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9666", " RETROESCAVADEIRA CASE 580H; SÉRIE: 6981782; HORÍMETRO: 1392; OBS.: SEM BANCO, PNEUS RUIM.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9668", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9668", " PÁ CARREGADEIRA FORD 660. OBS.: PNEUS RUIM.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9673", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9673", " EXTINTORES DIVERSOS .  ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9671", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9671", " APROX. 25 CILINDRO DE GÁS/CLORO.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9669", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9669", " CAMIONETE VOLKSWAGEM CARROCERIA ABERTA  PLACA CZA 1518 - ANO 1986 - CHASSIS 9BWZZZ26ZGP009976 - SUCATA -      BAIXA PERMANENTE, SEM DIREITO A DOCUMENTO , DESTINADO A DESMANCHE.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9672", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9672", " Perua Kombi VolksWagem ano 1973 - Placa BFW 5887 - CHASSIS BH296243,    SUCATA -    BAIXA PERMANENTE, SEM DIREITO A DOCUMENTO , DESTINADO A DESMANCHE.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.450,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9670", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9670", " CARROCERIA TANQUE TIPO PIPA.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9674", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9674", " SUCATA DE RETROESCAVADEIRA TIPO ENGATE.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9677", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9677", " SUCATA DE TRATOR.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9675", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9675", " TANQUE CILÍNDRICO VERTICAL EM AÇO CARBONO.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9678", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9678", " SUCATA DE 2 TRANSFORMADORES E 2 MOTORES ELÉTRICO.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9676", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9676", " EQUIPAMENTOS DE LABORATÓRIO CONTENDO: 2 ESTUFAS DE CULTURA FANEM 002 CB; 1 DEIONIZADOR DE ÁGUA QUIMIS 180.M.12; 1 PHMETRO DE PROCESSO HACH EC1000; 1 DESTILADOR DE ÁGUA QUIMIS 341.25; 1 BANHO MARIA FANEM 112-D; 1 TURBIDÍMETRO DE PROCESSO - SENSOR HACH 1720D; 1 TURBIDÍMETRO DE PROCESSO - MÓDULO DE CO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9679", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9679", " EQUIPAMENTOS DE LABORATÓRIO CONTENDO: 1 BALANÇA ANALÍTICA SARTORIUS BA210S; 1 TURBIDÍMETRO PORTÁTIL HACH 2100P; 1 CONTADOR DE COLÔNIAS PHOENIX CP600; 2 PHMETRO DE BANCADA ANALION PM608; 2 FLURÍMETRO DIGITAL DEL LAB DL-FL; 1 ESPECTROFOTÔMETRO DIGITAL HACH DR2000; 1 DIGESTOR DE AMOSTRA HACH.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9680", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9680", " VW FUSCA 1300; ANO:  1981 ; Placa: CZA-1531; CH.BO258328,  Renavan 00393354300. : obs: PNEUS: RUIM.  00393354300.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9681", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9681", " EIXO P/ CAMINHÃO CHEVROLET.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...83 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...510 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9682", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9682", " 1 MOTOR PERKINS 4 CILINDROS E CÂMBIO CHEVROLET (SUCATA).")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>