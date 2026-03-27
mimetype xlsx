--- v0 (2026-02-10)
+++ v1 (2026-03-27)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144210", "012")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144210", "APROX. 820 ITENS. - MARTELO BUHLER DFZC50148010; PINO CPM BRASIL 5091510. E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. RIO GRANDE/RS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144228", "013")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144228", "TALHA DE 500 KG COM DOIS MOVIMENTOS, TRANSLAÇÃO E IÇAMENTO. - LOC. DUQUE DE CAXIAS/RJ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144230", "014")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144230", "PLAINA MARCA ROCCO - Nº 9888 - SÉRIE M - MODELO PLR. - LOC. DUQUE DE CAXIAS/RJ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>4.400,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144229", "015")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144229", "7 BEBEDOUROS DE COLUNA. - LOC. DUQUE DE CAXIAS/RJ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144231", "016")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144231", "ESMERIL BANCADA HW FPN3 1 2- LOC.  DUQUE DE CAXIAS/RJ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144232", "017")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144232", "03 CARRINHOS DE MÃO. - LOC. DUQUE DE CAXIAS/RJ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144208", "018")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144208", "ROLETE CARGA A1020 94,9X250MM, LAMPADA FLUORES 20W ESP AM, E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. PARANAGUA/PR")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>