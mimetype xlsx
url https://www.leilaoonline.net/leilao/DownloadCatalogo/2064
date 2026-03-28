--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,539 +269,475 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144216", "030")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144216", " INDICADOR DIGITAL 9091 KIT LOOP DE CORRENTE P BALA, REFILADORA DE PAPEL MARCA LASSANI MED 46CM; E OUTROS, VEJA DECRITIVO DE ITENS. - LOC. PARADA DE LUCAS/RJ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144222", "031")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144222", " RELOGIO DE PONTO TRIX MOD XTM COMPACT PLUS CD 60 6, AP. AR AUDIO CONFERENCIA AETHRA THE VOICE C 05 MICRO; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. PARADA DE LUCAS/RJ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144221", "032")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144221", " COFRE P/ FITAS DE BACKUP, LAMPERTZ S120 DIS, ANO 2004. - LOC. RIO BRANCO DO SUL/PR")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144224", "033")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144224", " COFRE P/ FITAS DE BACKUP, LAMPERTZ S120 DIS, ANO 1998. - LOC. RIO BRANCO DO SUL/PR")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144217", "034")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144217", " COFRE P/ FITAS DE BACKUP, LAMPERTZ S120 DIS. - LOC. RIO BRANCO DO SUL/PR")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144225", "035")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144225", " ESPECTROFOTOMETRO DE RAIO X, PHILIPS, MODELO PW166. - LOC. CORUMBÁ/MS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144219", "036")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144219", " ESPECTROFOTOMETRO DE RAIO X, PHILIPS, MODELO PW166. - LOC. CORUMBÁ/MS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144218", "037")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144218", " BATERIAS LITIO NOBREAK. - LOC. CORUMBÁ/MS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144227", "038")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144227", " MICROONDAS BRASTEMP, 30L, MOD. BMY45ARANA. - LOC. SANTA CRUZ/RJ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144226", "039")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144226", " REFRIGERADOR COMBINADO BRASTEMP,  MOD. BRS62BRBNA. - LOC. SANTA CRUZ/RJ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144223", "040")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144223", " COFRE DE AÇO MARCA VULCANO N  4174. - LOC. PARADA DE LUCAS/RJ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144220", "041")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/144220", " TV PH32M DTV - PHILCO. (APARELHO NÃO FUNCIONA). - LOC. IMBITUBA/SC")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146177", "042")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146177", "MOTOR ELÉTRICO TRIFÁSICO, 125CV. - LOC. LARANJEIRAS/SE ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146178", "043")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146178", "MOTOR ELÉTRICO WEG TRIFÁSICO, 340CV. - LOC. LARANJEIRAS/SE")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146179", "044")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146179", "MOTOR ELÉTRICO EQUACIONAL, TRIFÁSICO, 60 CV. - LOC. LARANJEIRAS/SE")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146180", "045")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146180", "MOTOR ELÉTRICO WEG TRIFÁSICO, 150CV. - LOC. LARANJEIRAS/SE")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>