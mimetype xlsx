--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,2107 +269,1847 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145788", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145788", "MOTOR MERCEDES BENS 366 PARCIAL")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146376", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146376", "Pá Carregadeira Changlin Mod. ZL50H")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145824", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145824", "[ VÍDEO ] EMPILHADEIRA TAYLOR MOTOR CUMMINS 18 TONELADAS")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145825", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145825", "[ VÍDEO ] ROLO HYSTER CATERPILLAR 621R SERIE 12Y00291 MOTOR MERCEDES 447 ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145823", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145823", " EIXO DIRECIONAL PARA ROLO SP8000 E DYNAPAC MED 13/80-20")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145787", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145787", " BLOCO CAT 3406 4N6019")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145795", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145795", " TRANSMISSÃO DE EMPILHADEIRA 90VX ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145762", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145762", " MOTOR NISSAN COM DIFERENCIAL E CAMBIO PARA EMPILHADEIRA ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145820", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145820", " RIPPER D7")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145801", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145801", " CONCHA PRA RETROESCAVADEIRA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145821", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145821", " 02 COMANDOS HIDRÁULICOS EMPILHADEIRA YALE")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146489", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146489", "ACABADORA DE ASFALTO BABER GRENN MOD SA41 ANO 82")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146490", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146490", "PÁ CARREGADEIRA CATERPILLAR 966C ANO 1982 OPERACIONAL ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145763", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145763", " EIXO DIFERENCIAL DIANTEIRO EMPILHADEIRA YALE 90VX")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145767", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145767", " EIXO DIFERENCIAL TRASEIRO EMPILHADEIRA YALE 90VX")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146491", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146491", "ESCAVADEIRA FIATALLIS HITACHI FH 450 ANO 1998 OPERACIONAL  R$ 110.000,00  ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145764", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145764", " EIXO DIFERENCIAL DIANTEIRO EMPILHADEIRA YALE 90VX")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145765", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145765", " EIXO DIFERENCIAL DIANTEIRO EMPILHADEIRA YALE 50VX")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145794", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145794", " 03 GARFOS PARA EMPILHADEIRA DE 1,00MT O PAR E 01 DE 1,20 MT")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145766", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145766", " 02 EIXOS DIFERENCIAIS TRASEIROS DE EMPILHADEIRA 50VX E 90VX")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146602", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146602", " COMPRESSOR INGERSOLL RAND ANO 2007 PARAFUSO MOTOR MWM 4CC 180PSI OPERACIONAL")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146604", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146604", " COMPRESSOR ATLAS COPCO ANO 1990  PARAFUSO MOTOR PERKINS 4CC 180PSI  OPERACIONAL")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146601", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146601", " 02 COMPRESSORES INGERSOLL RAND ANO 1980 PALHETA  MOTOR MWM 4CC 180PSI OPERACIONAL")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146600", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146600", " COMPRESSOR INGERSOLL RAND ANO 1980 PISTÃO MOTOR MERCEDES 4CC 120PSI  OPERACIONAL")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146603", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146603", " LÂMINA D6 ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145804", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145804", " 02 BANCOS. APLICAÇÃO EM EMPILHADEIRA YALE 155VX")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146651", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146651", "ROLO PÉ DE CARNEIRO COMBAT ANO 2006 (COMPLETO, MOTOR ESTÁ EM RETÍFICA)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146652", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146652", "U DE D6")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145771", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145771", " TORRE DE EMPILHADEIRA 190VX DUPLEX")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145774", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145774", " TORRE DE EMPILHADEIRA TRIPLEX 5 TONELADAS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145797", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145797", " 02 RODAS GUIAS DE ESCAVADEIRA CX220 E CX240")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146653", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146653", "LAMINA D6 ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145772", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145772", " TORRE DE EMPILHADEIRA COM DIFERENCIAL DIANTEIRO E GARFO ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145799", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145799", " BLOCO CUMMINS ISL9 ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145770", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145770", " TORRE  DE EMPILHADEIRA YALE 190VX")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145802", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145802", " APROX. 31 PNEUS COM RODA PARA EMPILHADEIRAS 50VX, 90VX, 155VX, 190VX (8.25X15, 7.00X12, 28.9X15,6.50X10")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145803", "040")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145803", " CAIXA DE FERRAMENTA ESCAVADEIRA KOMATSU PC160")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145806", "041")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145806", "04 RODAS PRA CAMINHÃO 10.00X20 ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145792", "042")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145792", " EIXO DIANTEIRO EMPILHADEIRA DE 7 TONELADAS")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145789", "043")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145789", " CUBO DO MOTO SCRAPER 621S")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145800", "044")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145800", " EIXO DIANTEIRO COM 2 PNEUS  MOD.1113")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145790", "045")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145790", " PACOTE DO DIFERENCIAL DIANTEIRO COM EIXO MOTO SCRAPER 621S")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145769", "046")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145769", " MOTOR CUMMINS QSB3,3 4CILINDRO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145773", "048")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145773", " MOTOR CUMMINS ELETRONICO 6 CILINDROS. NO ESTADO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145812", "049")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145812", " 02 RODAS: DE RK 425 E 430 ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145809", "050")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145809", " EIXO DIANTEIRO DO FORA DE ESTRADA RK425")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145793", "054")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145793", "CABINE MOTO SCRAPER 621S")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145810", "055")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145810", " RODA GUIA DO D6M")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145811", "056")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145811", " MOTOR CAT 3306 BICO CANETA E BOMBA NEW SCROLL OPERACIONAL")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145813", "057")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145813", " RADIADOR ESTACIONARIO")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145807", "058")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145807", " MOTOR PERKINS 3C")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145816", "059")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145816", " ROLO VAP 70 DESMONTADO ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145814", "060")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145814", " GERADOR ANO 2007 NO ESTADO ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146475", "061")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146475", "PAR DE ESTEIRAS D7 38 ELOS")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145819", "067")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145819", " PAR DE RODA GUIA CX240")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145778", "073")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145778", " PORTA CAT 320")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145776", "074")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145776", " PORTA CASE CX 220")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145779", "078")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145779", "TRANSMISSÃO CATERPILLAR 950F, 936FE 960F")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F68" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...15 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145780", "081")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145780", " CABINE 950F")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145781", "087")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145781", "[ VÍDEO ] PERFURATRIZ ATLAS COPCO FLEXIROC T35 ANO 2012 COM APROX. 20.199 HORAS")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145782", "092")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145782", "DIFERENCIAL TRASEIRO DESMONTADO 924G")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145783", "093")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145783", " 04 RODAS 255/55 ARO 18")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...63 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145786", "097")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145786", " CONCHA ESCAVADEIRA CAT 336")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...1850 lines deleted...]
-      <c r="E73" s="5" t="inlineStr">
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145784", "098")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145784", " CONCHA ESCAVADEIRA CAT 374")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
-      <c r="F73" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145785", "099")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145785", " REDUTOR TARTARUGA")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>