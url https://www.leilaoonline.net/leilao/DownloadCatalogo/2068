--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,3483 +269,3051 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145678", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145678", " VW FUSCA 1500. GASOLINA. ANO 1974. EM FUNCIONAMENTO.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145443", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145443", " FORD RURAL WILLYS | Ano 1971 | 4x4 | Gasolina")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145503", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145503", " Lote de ferramentas Diversas (F-01)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145679", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145679", " LOTE CONTENDO 06 UNIDADES DE TINTAS ( bases e componentes) DE ACABAMENTO EPÓXI PARA GARAGENS E PISOS, QUADRAS E ETC. (T-01)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>330,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145513", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145513", " Lote de ferramentas Diversas (F-02)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145677", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145677", " LOTE CONTENDO 06 UNIDADES DE TINTA EPÓXI  SHERWIN WILLIANS , 3,6 litros CADA PARA PUNTURA GARAGENS, PISOS, QUADRAS , PAREDES, NÁUTICA, CONVÉS, FERRAGENS E ETC. (T-02)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146189", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146189", "CAMINHONETE LIMUSINE. DIESEL. ANO 1990. EM FUNCIONAMENTO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145501", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145501", " Lote de ferramentas Diversas (F-03)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145683", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145683", " LOTE CONTENDO 06 UNIDADES DE TINTA EPÓXI 3,6 litros CADA E 06 COMPONETES 600ml ,PARA PINTURA GARAGENS  PISOS, QUADRAS , PAREDES E  NÁUTICA, CONVÉS, FERRAGENS E ETC. (T-03)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146377", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146377", "LOTE CONTENDO 02 PALETES GRANDES TIPO CAIXOTES DE MADEIRA, COM DIVERSOS ROLOS DE MANGUEIRAS DE DIVERSAS MEDIDAS, TAMANHOS E CORES.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145514", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145514", " Lote de ferramentas Diversas (F-04)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145682", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145682", " LOTE CONTENDO 06 UNIDADES TINTAS ( bases e componentes)  EPÓXI PARA GARAGENS E PISOS, QUADRAS E ETC. (T-04)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146378", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146378", "Lote contendo 02 caixas de ferramentas, sendo: diversas chaves de fenda Philips e trenas de vários tamanhos e medidas.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>330,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145512", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145512", " Lote de ferramentas Diversas (F-05)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145681", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145681", " LOTE CONTENDO 06 UNIDADES ( bases e componentes) DE ACABAMENTO EPÓXI PARA GARAGENS E PISOS, QUADRAS E ETC. (T-05)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>330,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146379", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146379", "LOTE DE ÓLEOS LUBRIFICANTES AUTOMOTIVOS, SENDO: 06 GALÕES DE 20 litros CADA, 02 FRASCOS DE 1 litro CADA E 03 FRASCOS DE 500ml. (Alguns abertos).")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145509", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145509", " Lote de ferramentas Diversas (F-06)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145680", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145680", " LOTE CONTENDO 30 UNIDADES DE  EMCEKRETE EP  MARCA MC E ARMATEC VEDACIT, TODOS OS BALDES DE 3.1 kg CADA .")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145518", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145518", " Lote de ferramentas Diversas (F-07)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145732", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145732", "LOTE CONTENDO 06 UNIDADES DE TINTA EPÓXI 3,6 litros CADA E 06 COMPONETES 600ml ,PARA PINTURA GARAGENS  PISOS, QUADRAS , PAREDES E  NÁUTICA, CONVÉS, FERRAGENS E ETC. (T-06)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>330,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145505", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145505", " Lote de ferramentas Diversas (F-08)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145733", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145733", "LOTE CONTENDO 06 UNIDADES TINTAS ( bases e componentes)  EPÓXI PARA GARAGENS E PISOS, QUADRAS E ETC. (T-07)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>430,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145502", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145502", " Lote de ferramentas Diversas (F-09)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146017", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146017", " LOTE CONTENDO 06 UNIDADES TINTAS ( bases e componentes)  EPÓXI PARA GARAGENS E PISOS, QUADRAS E ETC. (T-08)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145516", "028")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145516", " Lote de ferramentas Diversas (F-10)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146016", "029")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146016", " LOTE CONTENDO 06 UNIDADES TINTAS ( bases e componentes)  EPÓXI PARA GARAGENS E PISOS, QUADRAS E ETC. (T-09)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145508", "031")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145508", " Lote contendo 25 Manômetros, conforme fotos (M-01)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146026", "032")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146026", " LOTE CONTENDO 03 GALÕES DE PROTETOR SOLAR ULTRA FATOR 30 C/ REPELENTE DE PERNILONGOS/ MOSCAS , C/ SUPORTES P/ PAREDE.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145506", "034")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145506", " Lote contendo 25 Manômetros, conforme fotos (M-02)")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146030", "035")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146030", " LOTE CONTENDO 06 UNIDADES TINTAS ( bases e componentes)  EPÓXI PARA GARAGENS E PISOS, QUADRAS E ETC. (T-10)")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145510", "037")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145510", " Lote contendo 25 Manômetros, conforme fotos (M-03)")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146020", "038")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146020", " LOTE CONTENDO 06 UNIDADES DE SPRAY PENETRANTE VP-30 , METAL CHEK.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145497", "040")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145497", " Lote contendo aprox. 100 unidades de Trenas de Diversas marcas e modelos, conforme fotos.(T-01)")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146019", "041")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146019", " LOTE CONTENDO 06 UNIDADES DE SPRAY PENETRANTE VP-30 , METAL CHEK.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145515", "043")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145515", " Lote contendo aprox. 80 unidades de Trenas de Diversas marcas e modelos, conforme fotos.(T-02)")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146018", "044")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146018", " LOTE CONTENDO 06 UNIDADES DE SPRAY PENETRANTE VP-30 , METAL CHEK.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145498", "046")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145498", " 10 Unidades de SELANTE ELÁSTICO, MARCA SIKAFLEX PRO 3 UP 600ML CADA  COR CINZA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146025", "047")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146025", " LOTE CONTENDO 06 UNIDADES DE SPRAY PENETRANTE VP-30 , METAL CHEK.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145504", "049")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145504", " 10 Unidades de SELANTE ELÁSTICO, MARCA SIKAFLEX PRO 3 UP 600ML CADA  COR CINZA")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146023", "050")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146023", " LOTE CONTENDO 06 UNIDADES DE SPRAY REMOVEDO E-59, METAL CHEK")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145517", "052")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145517", " 20 UNIDADES DE SELANTE , BORRACHA LÍQUIDA 3  HM RUBER 300g CADA")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146028", "053")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146028", " LOTE CONTENDO 06 UNIDADES DE SPRAY REMOVEDO E-59, METAL CHEK")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145499", "055")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145499", " 20 UNIDADES DE SELANTE , BORRACHA LÍQUIDA 3  HM RUBER 300g CADA ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146031", "056")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146031", " LOTE CONTENDO 06 UNIDADES DE SPRAY REVELADOR D-70 METAL CHEK.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145511", "058")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145511", " 40 unidades de MARCADOR ESPEROGRÁFICO PARA METAIS")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146021", "059")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146021", " LOTE CONTENDO 24 LATAS DE MASSA PLÁSTICA BRANCA 400g CADA.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145500", "061")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145500", " LOTE C/ 04 BALDES DE AGENTE DESMOLDANTE VEDACIT, 18LITROS CADA")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146022", "062")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146022", " LOTE CONTENDO 06 UNIDADES TINTAS ( bases e componentes)  EPÓXI PARA GARAGENS E PISOS, QUADRAS E ETC. (T-11)")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145507", "064")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145507", " LOTE CONTENDO 30 BALDES DE EMCEKRETE EP.  MARCA MC. SENDO: 10 BALDES DE 3,1 kg, E 20 BALDES DE 1,3 kg.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146027", "065")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146027", " LOTE CONTENDO 06 UNIDADES TINTAS ( bases e componentes)  EPÓXI PARA GARAGENS E PISOS, QUADRAS E ETC. (T-12)")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145520", "067")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145520", " LOTE CONTENDO 08 UNIDADES. SENDO: 04 - ARMATEC REVESTIMENTO DE 4kg Cada; 04- VEDACIT IMPERMEABILIZANTE DE 3,6 litros Cada.")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146024", "068")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146024", " 01 Saco de 25kg de metalicato de sódio. (embalagem aberta).")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145521", "070")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145521", " LOTE CONTENDO 25 UNIDADES DE REVELADOR E CONTRASTE PENETRANTE E OUTROS DE VÁRIOS TAMANHOS E MODELOS CONFORME AS FOTOS")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146029", "071")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146029", " LOTE CONTENDO 50 LATAS DE 1 LITRO  CADA, DE  REMOVEDOR 502 E LÍQUIDO PENETRANTE 302, MARCA METAL CHEK.")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145519", "073")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145519", " LOTE CONTENDO 15 UNIDADES DE GEL DE 1,5kg CADA, DE  APASSIVANTE P/ LIMPEZA SOLDA EM INOX.")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145522", "076")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145522", " LOTE CONTENDO 1,6 kg DE ARALDITE PROFISSIONAL; 03 kg DE ADESIVO EPÓXI VEDACIT COMPOUNT E 02 kg DE ADESIVO EPÓXI SIKADUR 31.")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145471", "077")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145471", "[ VÍDEO ] Lote Contendo Aprox 100 Frascos de Cola Elmer's Transparente e Branca School. Frascos de 473ml Cada. Não Tóxica.")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145472", "078")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145472", " Lote diversos Itens, conforme fotos, sendo: Anéis, Brincos, colar, pulseiras, pingentes, Bolsas e outros, diversos modelos e estilos. (BJ-5)")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>330,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145461", "079")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145461", " Lote com 100 Tubos de Cola Elmer's: Sendo 70 Transparente de 266 ml cada, e 30 Branca School de 225 ml cada. Não Tóxica.")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145454", "080")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145454", "[ VÍDEO ]  Lote C/ 100 Tubos de Cola Elmer's Transparente 147ml Cada. Não Tóxica. Pode ser utilizada para fazer Slime")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145455", "081")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145455", "[ VÍDEO ] Lote C/ 100 Tubos de Cola Elmer's Transparente 147ml Cada. Não Tóxica. Pode ser utilizada para fazer Slime")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145473", "082")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145473", "[ VÍDEO ] Lote contendo aprox. 1200 unidades de Tubos de Cola Elmer's. Diversos Tamanhos, Cores e Modelos. Não Tóxica, ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145456", "095")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145456", "[ VÍDEO ] Lote C/ 100 Tubos de Cola Elmer's Transparente 147ml Cada. Não Tóxica.  Pode ser utilizada para fazer Slime")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145459", "101")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145459", " Lote com 100 Tubos de Cola Elmer's: Sendo 70 Transparente de 266 ml cada, e 30 Branca School de 225 ml cada. Não Tóxica.")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145460", "102")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145460", " Lote com 100 Tubos de Cola Elmer's: Sendo 70 Transparente de 266 ml cada, e 30 Branca School de 225 ml cada. Não Tóxica.")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145458", "105")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145458", " Lote com 100 Tubos de Cola Elmer's Várias Cores de 147 ml cada. Com e sem Glitter. Alguns modelos brilham no escuro. Diversos tamanhos. Não Tóxica.")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145462", "107")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145462", " Lote com 100 Tubos de Cola Elmer's Várias Cores de 147 ml cada. Com e sem Glitter. Alguns modelos brilham no escuro. Diversos tamanhos. Não Tóxica.")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145463", "108")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145463", " Lote com 100 Tubos de Cola Elmer's Várias Cores de 147 ml cada. Com e sem Glitter. Alguns modelos brilham no escuro. Diversos tamanhos. Não Tóxica.")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145464", "111")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145464", " Lote Contendo Aprox. 100 LITROS de Cola Elmer's Transparente e Branca School. Frascos de 946ml e 473ml. Não Tóxica.")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145465", "112")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145465", " Lote com Aprox. 100 Itens, sendo: Anéis, Brincos, colar, prendedor de cabelo, pulseiras, pingente e outros, diversos modelos e estilos. (BJ-3)")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145466", "113")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145466", " Lote diversos Itens, conforme fotos, sendo; Anéis, Brincos, colar, pulseiras, pingentes e outros, diversos modelos e estilos. (BJ-4)")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145468", "114")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145468", " Lote com 12 caixas completas e 13 frascos soltos de SLIME STARTER PACK. ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145467", "115")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145467", " Mala Grande Antiga. Cheia de Dinheiro Antigo Nacional (Cédulas). Diversos valores e épocas.")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145394", "117")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145394", "[ VÍDEOS ] LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145469", "118")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145469", "[ VÍDEO ] Lote Contendo Aprox 100 Frascos de Cola Elmer's Transparente e Branca School. Frascos de 473ml Cada. Não Tóxica.")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145470", "119")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145470", "[ VÍDEO ] Lote Contendo Aprox 100 Frascos de Cola Elmer's Transparente e Branca School. Frascos de 473ml Cada. Não Tóxica.")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145354", "121")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145354", " 01- Catraca Eletrônica Digital Marca Telemática Sistemas Inteligentes  Bloqueio PD 300.Toda em Metal  ( no estado).")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145446", "123")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145446", " Lote contendo 05 fantasias para Adultos: Super Homem, Bombeira, Dançarina de Can Can e outros conforme fotos. (Semi novas).")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145395", "124")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145395", " Lote Contendo: 01 gazebo, 01 barraca e 01 piscina.")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145425", "126")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145425", " LOTE C/ DIVERSOS BRINQUEDOS. L8 ( NO ESTADO).")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145414", "127")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145414", "LOTE C/ DIVERSOS BRINQUEDOS.E PEÇAS  (Ref. L2)")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145389", "128")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145389", "[ VÍDEOS ] LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145442", "131")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145442", " LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145409", "132")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145409", " LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145393", "133")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145393", " 04 Máquinas de escrever Marca Olivetti  mod  Linea 98")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145426", "134")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145426", " LOTE C/ DIVERSOS BRINQUEDOS. L9 ( NO ESTADO).")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145416", "135")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145416", "[ VÍDEO ] GRANDE TELÃO ELÉTRICO RETRÁTIL. MED: APROX. 3,50 X 2,50. FUNCIONANDO.")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145444", "136")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145444", " Lote C/ 77 unidades  de tinta para impressoras, sendo: 66- Tonners ( sem uso) Nas caixas  diversas marcas e 11 Cartuchos de Tinta marca hp.")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145396", "137")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145396", " Lote C/ Aprox. 100 aparelhos de telefone p/ diversos Ramais e funções")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145400", "138")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145400", " Lote C/ Aprox. 100 aparelhos de telefone p/ diversos Ramais e funções")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145453", "140")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145453", " Mala Antiga Cheia de Dinheiro Antigo conforme as fotos (Cédulas Nacionais de Diversos Valores e épocas).")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145447", "141")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145447", " Lote contendo 05 fantasias para Adultos: Olivia Palito, Caveira, Egípcia e outros conforme fotos. (Semi novas).")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145415", "142")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145415", "LOTE C/ DIVERSOS BRINQUEDOS.E PEÇAS (Ref. L3)")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145423", "143")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145423", " LOTE C/ DIVERSOS BRINQUEDOS. L5 ( NO ESTADO).")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145452", "144")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145452", " Lote C/ 90 Carrinhos Colecionáveis, diversos modelos e estilos. ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>330,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145404", "145")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145404", "Lote contendo 06 impressoras Marcas Epson e HP e 01 Horodator Dimep.")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145449", "146")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145449", " 04 equipamentos Antigos para agricultura. Sendo: 01 Gradeado, 01 Arado, 01 Plantadeira e 01 Carpideira.")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145407", "147")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145407", "[ VÍDEO ] Lote de itens Antigos. Sendo: 01 - Relógio De Ponto, 02-Relógios quadrados grandes, 01 - Campainha de elétrica de Sino. ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145406", "148")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145406", " Lote Contendo 10 equipamentos de impressão e telefonia")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145408", "149")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145408", " Lote contendo diversos itens, sendo: 04 telefones sem fio, 02 mini  gravador , 02 Vou, 01 nobrek, 04 vídeo cassete e diversos cabos e outros.")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145448", "150")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145448", " Lote contendo 05 fantasias para Adultos: Batman, Coringa, Arlequina, Pirata e outros conforme fotos.")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...100 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145424", "151")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145424", " LOTE C/ DIVERSOS BRINQUEDOS. L6 ( NO ESTADO).")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145413", "152")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145413", "LOTE C/ DIVERSOS BRINQUEDOS.E PEÇAS  (Ref. L1)")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
+      <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...282 lines deleted...]
-      <c r="D26" s="4" t="inlineStr">
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145427", "153")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145427", " LOTE C/ DIVERSOS BRINQUEDOS. L7 ( NO ESTADO).")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
+      <c r="E114" s="5" t="inlineStr">
         <is>
           <t>130,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
-[...405 lines deleted...]
-      <c r="D39" s="4" t="inlineStr">
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145352", "154")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145352", " 01- Catraca Eletrônica Digital Marca Telemática Codin Catraca 9000 Toda em Metal e inox ( no estado).")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E39" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D41" s="4" t="inlineStr">
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145353", "155")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145353", " 01- Catraca Eletrônica Digital Marca Telemática Sistemas Inteligentes  Bloqueio GB 300.Toda em Metal e Inox  ( no estado).")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E41" s="5" t="inlineStr">
-[...346 lines deleted...]
-      <c r="D52" s="4" t="inlineStr">
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145445", "156")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145445", " Lote contendo 05 fantasias: Enfermeira, Hello Kitty, Twister, Dançarina e outros conforme fotos. (Semi novas).")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E52" s="5" t="inlineStr">
-[...2078 lines deleted...]
-      </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145341", "320")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/145341", "Diversas churrasqueiras elétricas e Peças.")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>