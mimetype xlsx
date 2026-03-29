--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,1147 +269,1007 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9737", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9737", " FRESADORA UNIVERSAL MARCA TOS Nº 4 MODELO FA4U,  CURSOS: LONGITUDINAL 1.000MM. TRANSVERSAL 300MM E VERTICAL 400, MM, COM CABEÇOTE VERTICAL")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>6.450,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9739", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9739", " FURADEIRA DE COLUNA MARCA ADERBACH ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9741", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9741", " FURADEIRA DE COLUNA MARCA FUNDOYA MODELO S-50  CAPACIDADE 50MM, MESA:660X480MM ROTAÇÕES 36 A 812 RPM")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.150,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9740", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9740", " RETÍFICA PLANA MARCA SULMECANICA MODELO RAPH-80,  CURSOS: LONGITUDINAL 800MM, TRANSVERSAL 450MM VERTICAL 550MM")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>9.150,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9738", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9738", " RETÍFICA PLANA MARCA MELLO MODELO RPT-2  COMPRIMENTO X LARGURA MÁX. RETIFICAÇÃO 600X230MM, ALTURA MÁXIMA RETIFICAÇÃO 298 MM, MESA REGULÁVEL: 680 X 420 MM, CURSO REGULÁVEL ATÉ 90 MM")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>5.150,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9742", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9742", " PRENSA EXCÊNTRRICA 80 TON MARCA BARBAM ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.150,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9743", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9743", " TORNO MECÂNICO MARCA TONANI MODELO JUNIOR 220,  DESMONTADO, 1500MM ENTRE PONTAS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.450,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9744", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9744", " TORNO MECÂNICO MARCA NARDINI MODELO SZ 325-AT (SAGAZ), DIÂMETRO S/ BARRAMENTO 660 MM, DIAM. S/ CARRO 520 MM, DISTÂNCIA ENTRE PONTOS 1500MM, FURO DA ÁRVORE 80MM")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>9.150,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9745", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9745", " TORNO REVOLVER MARCA AMA MODELO TRF-4 -  ACIONAMENTO FRIÇÃO, PASSAGEM 2", ROTAÇÕES 60A1800RPM C/CARRO CORTE TRANSVERSAL")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9746", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9746", " TORNO REVÓLVER MARCA IRAM MODELO TR II,  PASSAGEM 1.1/2", 170 A 1560 RPM - CAIXA BANHO DE ÓLEO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9747", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9747", " TORNO MECÂNICO MARCA IMOR MODELO MVN-V, DIAM. S/  BARRAMENTO 510MM, DISTÂNCIA ENTRE PONTOS 1.000MM, ROTAÇÕES 26,5 A 1.400 RPM")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.950,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9748", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9748", " TORNO MECÂNICO MARCA POREBA MODELO TR-80, DIAM.  TORNEÁVEL 800MM SOBRE O CARRO E 1.200MM NA CAVA, 1.000 MM ENTRE PONTOS.OBS. MÁQUINA ESTÁ PINTADA DE OUTRA COR")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>7.150,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9750", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9750", " TORNO MECÂNICO MARCA SHENYANG MODELO CA6240A,  DIAM. MAX. TORNEÁVEL 400MM, DIAM. CARRO TRANSVERSAL 210 MM, 1.000 MM ENTRE PONTAS, ACOMPANHA PLACAS DE 3 E 4 CASTANHAS, PLACA DE ARRASTE E 2 LUNETAS (FIXA E MÓVEL)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>6.150,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9749", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9749", " PRENSA HORIZONTAL PARA REBITES/PARAFUSOS MARCA CEVA (ITALIA),  TRIPLA ESTAMPAGEM (3 ESTÁGIOS)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9752", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9752", " PRENSA DE FRICÇÃO MARCA JUNDIAÍ 150 TON")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>9.150,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9751", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9751", " SOLDA A PONTO MARCA IBMS MODELO IB 1 PM 6/170 AS  CAPACIDADE 6 KVA. CURSO DO PISTÃO 100MM, ACIONAMENTO BI-MANUAL E POR PEDAL")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9753", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9753", " COMPRESSOR DE AR MARCA SCHULZ MODELO MSW-60 MOTOR 15 CV , PRESSÃO MAX LBS/POL² 175, SEM RESERVATÓRIO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9754", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9754", " COMPRESSOR DE AR MARCA SCHULZ MODELO MSW-60 MOTOR 15 CV , PRESSÃO MAX LBS/POL² 175, SEM RESERVATÓRIO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9756", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9756", " LAMINADORA DE ROSCA MARCA ALM, 3 ROLOS, CAPACIDADE 2" / 50 MM")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9755", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9755", " REBITADEIRA ORBITAL DE COLUNA MARCA STEINEL MOPDELO NR10.70  CAPACIDADE 10MM, MESA 350X250 ACIONAMENTO PNEUMÁTICO POR PEDAL, PAINEL ELÉTRICO NOVO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9757", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9757", " CENTRO DE USINAGEM VERTICAL MARCA HELLER MODELO BEA 1V 1000 ISO 50,  20 TROCAS DE FERRAMENTAS DIMENSÕES: X - 1000MM Y - 500MM E Z - 500MM COM COMANDO HEIDENHAIN")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>8.150,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9760", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9760", " CENTRO DE USINAGEM VERTICAL MARCA SIGMA MODELO VC-600  DUPLO PALLET. CURSOS: X - 600 Y - 420 Z- 450")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>9.150,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9758", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9758", " LAVADORA INDUSTRIAL DE PEÇAS MARCA AMA (ITALIA) MODELO LM 250  COM COMPUTER SYSTEM, CICLO AUTOMÁTICO, CHILLER PARA AQUECIMENTO DOS LÍQUIDOS DESENGRAXANTES, ANO 2002")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>11.150,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9761", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9761", " CENTRÍFUGA PARA SECAGEM DE PEÇAS MARCA ROUSSELET MODELO TA 50 VO C2  PARA METAIS FERROSOS E NÃO FERROSOS, CICLO AUTOMÁTICO, COM ALIMENTAÇÃO TIPO ELEVADOR COMCARGA MÁXIMA DE 100 KG POR CAÇAMBA PRODUZIDA NA ITALIA ANO 2002")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>8.150,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9759", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9759", " RETÍFICA CENTERLESS MARCA CINCINNATI MILACROM MODELO DM 430 12, MOTOR 40 HP")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>11.150,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9762", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9762", " TRIDIMENSIONAL MARCA TESA MODELO MICRO- MS343,  GAMA DE MEDIÇÃO X/Y/Z 356,406,305MM E ÁREA DE TRABALHO X/Y/Z 457, 610, 381 MM, MESA DE TRABALHO 2000X750X2150MM, COM APALPADOR RENISHAW TP15")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9763", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9763", " LAMINADOR DE CHAPAS A FRIO COM REDUTOR DE VELOCIDADE MOTOR 40 HP - 350MM")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>14.250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9764", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9764", " FRESADORA FERRAMENTEIRA MARCA INFRESA LAGUN MODELO FTV-4 ISO 40")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>11.150,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9767", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9767", " PLAINA LIMADORA MARCA ZOCCA 650 MM COM MORSA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...218 lines deleted...]
-      <c r="A19" s="5" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9765", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9765", " TORNO MECÂNICO MARCA IMOR MODELO MVN-V 1500 MM ENTRE PONTOS. ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>4.550,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9768", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9768", " TORNO MECÂNICO MARCA IMOR MODELO HBX")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.150,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9766", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9766", " PRENSA EXCÊNTRRICA 40 TON BARBAM ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9769", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9769", " FRESADORA VERTICAL MARCA CHINELATTO COM AVANÇO  AUTOMÁTICO MESA 920 X 260 MM, VERTICAL 400 MM, PAINEL ELÉTRICO NOVO. ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>5.550,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9770", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9770", " EMPILHADEIRA ELÉTRICA RETRÁTIL, MARCA AMEISE,  CAPACIDADE 1800 KG, ELEVAÇÃO 7MTS, BATERIA 24 VOLTS. ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="B19" s="4" t="inlineStr">
-[...813 lines deleted...]
-      </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>4.350,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9771", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9771", " MÁQUINA PARA FABRICAÇÃO DE REBITES   PRENSA ESTAMPADORA DIÂMETRO MAX. 5MM E COMPRIMENTO MÁXIMO 80MM. ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>