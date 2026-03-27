--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1371 +269,1203 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146045", "094")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146045", "CHEVROLET/MONTANA LS; 2016/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146486", "095")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146486", "veja o vídeo!! HONDA/WR-V EXL CVT; 2017/2018; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>45.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146042", "096")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146042", "veja o vídeo!! NISSAN/KICKS ADVANCE CVT; 2021/2022; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - FIPE: 116.632,00")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>88</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>61.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146044", "097")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146044", "veja o vídeo!! VW/GOLF GTE AF; 2020/2020; AZUL; GASOL./ELÉTRICO - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>86.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146041", "098")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146041", "I/VW PASSAT HL TSI AA; 2018/2018; PRATA; GASOLINA - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>112.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146043", "099")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146043", "veja o vídeo!! I/FORD RANGER XL CD4 22C; 2019/2020; BRANCA; DIESEL - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>71.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146192", "100")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146192", "TOYOTA/YARIS HA XL15; 2022/2023; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - APROX. 677KM")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>56.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146037", "101")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146037", "veja o vídeo!! I/VW TIGUAN ALLSPACE CL; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>97.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146608", "102")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146608", "TOYOTA/COROLLA XEI20FLEX; 2018//2019; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>91</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146063", "103")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146063", "veja o vídeo!! I/VW AMAROK V6 EXTR AC4; 2018/2019; CINZA; DIESEL - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>151.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146487", "104")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146487", "TOYOTA/COROLLA ALTISFLEX; 2014/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>57.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146039", "105")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146039", "FIAT/TORO FREEDOM AT; 2016/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>66.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146181", "106")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146181", "veja o vídeo!! HONDA/HR-V EX CVT; 2015/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146610", "107")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146610", "veja o vídeo!! I/LR EVOQUE DYNAMIC 5D; 2013/2013; VERMELHA; GASOLINA - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>60.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146375", "108")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146375", "veja o vídeo!! CHEV/ONIX PLUS 10TAT PR1; 2019/2020; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - FIPE: 88.172,00")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146190", "109")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146190", "veja o vídeo!! I/MMC OUTLANDER 2.2 D; 2016/2016; PRATA; DIESEL - FUNCIONANDO - R$ 148.466,00")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>48.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146046", "110")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146046", "veja o vídeo!! I/M. BENZ GLA200FF; 2015/2016; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146053", "111")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146053", "JEEP/RENEGADE 1.8 AT; 2020/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>34.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146056", "112")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146056", "veja o vídeo!! RENAULT/KWID ZEN 10MT; 2019/2020; LARANJA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146049", "113")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146049", "veja o vídeo!! HONDA/FIT DX FLEX; 2012/2013; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>27.750,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146454", "115")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146454", "veja o vídeo!! I/VW PASSAT 2.0T; 2013/2013; PRETA; GASOLINA - FUNCIONANDO - IPVA 2022 OK ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146051", "116")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146051", "veja o vídeo!! FIAT/UNO WAY 1.0; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>17.250,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146055", "117")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146055", "veja o vídeo!! I/MMC ASX 2.0; 2012/2012; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146048", "118")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146048", "RENAULT/LOGAN EXPR 16 M; 2016/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146050", "119")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146050", "veja o vídeo!! NISSAN/MARCH 16SL; 2014/2015; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146052", "120")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146052", "MMC/L200 4X4 GL; 2006/2006; BRANCA; DIESEL")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146047", "121")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146047", "I/HYUNDAI I30 2.0; 2011/2012; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146054", "122")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146054", "veja o vídeo!! FIAT/SIENA EL 1.0 FLEX; 2012/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146485", "123")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146485", "veja o vídeo!! VW/FOX 1.0 GII; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146605", "125")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146605", "PEUGEOT/2008 ALLURE PK; 2021/2022; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>59.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146064", "126")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146064", "veja o vídeo!! I/FIAT SIENA EL 1.4 FLEX; 2014/2015; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146057", "127")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146057", "RENAULT/SCENIC EXP 1616V; 2005/2006; PRETA; ALCO./GASOL. - FUNCIONANDO ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146058", "128")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146058", "veja o vídeo!! FIAT/UNO VIVACE 1.0; 2010/2011; AMARELA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>15.250,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146607", "129")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146607", "veja o vídeo!! I/CITROEN C5 20 EXCL BVA; 2006/2006; PRATA; GASOLINA - FUNCIONANDO - IPVA 2022 OK ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.589,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146606", "130")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146606", "veja o vídeo!! GM/S10 COLINA S; 2006/2006; PRETA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146036", "131")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146036", "veja o vídeo!! HONDA/CIVIC TOURING CVT; 2018/2018; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146648", "132")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146648", "veja o vídeo!! FIAT/IDEA ATTRACTIVE 1.4; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146038", "133")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146038", "veja o vídeo!! HONDA/CITY LX FLEX; 2009/2010; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146059", "134")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146059", "CHEVROLET/ONIX 1.4AT LTZ; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>25.020,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146060", "137")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146060", "CITROEN/PICASSO II16GLXF; 2011/2012; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146061", "139")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146061", "GM/CORSA HATCH MAXX; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146062", "141")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146062", "CITROEN/PICASSO II16GLXF; 2008/2009; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>