--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,283 +269,251 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146315", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146315", " Concha Britadora Hidráulica BF-90,3 Ano 2008 ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146318", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146318", " Aprox. 1.278 Itens de Peças para Caminhão Fora de Estrada RK-425 / 430 (Veja o Descritivo)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146317", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146317", " Vidro Para-brisa de Caminhão Axo 2013. Sem uso")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146319", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146319", " 72 Itens de Peças para Rompedores Hidráulicos Indeco (veja o Descritivo)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146321", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146321", " Aprox. 124 Itens de peças para Rompedor Pneumático Tex 31/41. (Veja o Descritivo)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146320", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146320", " Aprox. 199 Itens de Filtros e peças para Caterpillar. (Veja o Descritivo)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146322", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146322", " Aprox. 655 Filtros de ar-Lubrificantes e Combustivel em Geral. (Veja o Descritivo)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>4.150,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...158 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146316", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146316", " Aprox. 50 Peças de Veiculos Fiat, GM e VW. (Veja o Descritivo)")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>