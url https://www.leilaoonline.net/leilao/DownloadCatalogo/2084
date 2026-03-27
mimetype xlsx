--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,4699 +269,4115 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146303", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146303", " Cervejeiro, 556 litros -3 graus negativos funcionando")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146281", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146281", " Aprox. 15 kg de imã (1,0cm de largura)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146274", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146274", " 01 Motor Weg 10 hp 1160 rpm com polia")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146265", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146265", " Triturador / Picador. Sem motor")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146207", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146207", " Caixa registradora Argus anos 70. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146219", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146219", " Motosserra")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146218", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146218", " Motosserra")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146269", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146269", " 2 Máquinas de padaria")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146283", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146283", " Sucata de 5 lavadoras ,5 mangueiras e 5 pistolas")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146266", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146266", " 2 carrinhos")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146288", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146288", " Sucata de 5 lavadoras ,5 mangueiras e 5 pistolas")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148577", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148577", " BUFFET DE HOTDOG OU MOLHEIRA ELETRICA 220V - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146271", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146271", " 01 Motor Weg 10 hp 1160 rpm com polia")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146267", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146267", " 2 purificadores de água")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146216", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146216", " Amassadeira rápida")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146264", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146264", " Balança antiga")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146214", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146214", " Sucata de coolers aprox.9")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146221", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146221", " 50 motores de refrigeração variados")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146220", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146220", " 50 motores de refrigeração variados")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146223", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146223", " 50 motores de refrigeração variados")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146282", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146282", " Sucata de 5 lavadoras ,5 mangueiras e 5 pistolas")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146222", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146222", " Ar condicionado 48.000 Btu´s")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146224", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146224", " Compressor de ar")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146213", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146213", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146215", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146215", " 2 portas com vidro duplo temperado 1.43 x0,64")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146292", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146292", " Sucata de 5 lavadoras ,5 mangueiras e 5 pistolas")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146290", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146290", " Sucata de 5 lavadoras ,5 mangueiras e 5 pistolas")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146285", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146285", " Resistência 220/380")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146291", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146291", " 1 Conjunto de churrasco 14 peças   suporte")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146268", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146268", " Soprador com turbina com motor trifásico")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146275", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146275", " 01 Motor Weg 10 hp 1160 rpm com polia")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146230", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146230", " Sucata -1 pressurizador")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146272", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146272", " 01 Motor Weg 10 hp 1160 rpm com polia")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146273", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146273", " 01 Motor Weg 10 hp 1160 rpm com polia")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146217", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146217", " Junker")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146287", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146287", " 1 Conjunto de churrasco 14 peças   suporte")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146227", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146227", " Motor e redutora")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146225", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146225", " Motor e redutora")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146226", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146226", " Aprox.50 peças de carburadores de roçadeiras")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146229", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146229", " Sucata -3 bombas")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146294", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146294", " 1 Conjunto de churrasco 14 peças   suporte")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146284", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146284", " 1 Conjunto de churrasco 14 peças   suporte")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146293", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146293", " 1 Conjunto de churrasco 14 peças   suporte")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146228", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146228", " Frigobar funcionando 220voltz")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146234", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146234", " Sucata -2 aspiradores e carregador de bateria")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146231", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146231", " Sucata - Máquina para gesso")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146232", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146232", " Sucata - 3 compressores")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146233", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146233", " 01 Motor e 1 mancal")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146235", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146235", " Sucata de ar condicionado")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146236", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146236", " Sucata lâmpadas solar para jardim aprox.12 peças")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146238", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146238", " Sucata lâmpadas solar para jardim aprox.12 peças")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146237", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146237", " Aprox.20 lâmpadas de emergência (sem testes, no estado)")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146239", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146239", " Aprox.20 lâmpadas de emergência (sem testes, no estado)")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146240", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146240", " Aprox.20 lâmpadas de emergência (sem testes, no estado)")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146241", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146241", " Aprox.20 lâmpadas de emergência (sem testes, no estado)")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146243", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146243", " Aprox.20 lâmpadas de emergência (sem testes, no estado)")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146242", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146242", " Portão 2.20 altura x2.40 largura")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146289", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146289", " 10 bobinas de papel 0,50 cm de largura. 8 kgs  Total 80 kgs")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146286", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146286", " 10 bobinas de papel 0,50 cm de largura. 8 kgs  Total 80 kgs")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146295", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146295", " 10 bobinas de papel 0,50 cm de largura. 8 kgs  Total 80 kgs")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146300", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146300", " Galochas,serra copo,níveis,luvas de vaqueta")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146244", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146244", "Moedor de carnes  (no estado)")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146245", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146245", "Batedeira com sistema de proteção ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146246", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146246", "Unidade de refrigeração bock 5 hp (no estado sem teste)")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146247", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146247", "Compressor de refrigeração Danfoss  Mt 160 (13 hp). Sem uso. Voltagem 380")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146299", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146299", " Eletrodomésticos ligando")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146248", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146248", " Junker")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146249", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146249", " Junker")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146301", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146301", " Triturador sem uso motor 2 hp monofásico")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146252", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146252", " Junker")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146250", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146250", " Junker")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146251", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146251", " Junker")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146253", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146253", " Máquina de massas arke 110 v funcionando")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146254", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146254", " 4 aquecedores 110 v funcionando")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146296", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146296", " 6 aquecedores 110v funcionando")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146256", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146256", " 6 aquecedores 110v funcionando")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146255", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146255", " 6 umidificadores bivolt")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146302", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146302", " Itens de iluminação ,eletrodomésticos")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146257", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146257", " 1 Compressor novo 2.5 hp monofásico")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146263", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146263", " 1 carretel de arame pra solda mig 1.0 mm")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146258", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146258", " 1 carretel de arame pra solda mig 1.0 mm")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146261", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146261", " 1 carretel de arame pra solda mig 1.0 mm")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146260", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146260", " 1 carretel de arame pra solda mig 1.0 mm")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146259", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146259", " 1 carretel de arame pra solda mig 1.0 mm")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146262", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146262", " 1 carretel de arame pra solda mig 1.0 mm")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146298", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146298", " Eletro domesticos")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146297", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146297", " Compressor bitzer 220/380 7.5 hp funcionando")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146308", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146308", " Aprox. 20 caixas de som")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146310", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146310", " 2 purificadores de água bivolt")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146309", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146309", " 2 notebooks")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146270", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146270", " 300 kgs de sabão em pó ( validade até 2023)")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146276", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146276", " Aprox.60 correias diversas novas e usadas")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146279", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146279", " Amaciador de bifes 220 v funcionando")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146277", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146277", " Estufa esterilizadora e de secagem")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146280", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146280", " Fatiadora de pães 220 v")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F105" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146278", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146278", " Auto serviço( expositor cooler) revisada funcionando")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146311", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146311", " Aparelho de som")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146305", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146305", " 4 Roteadores")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146306", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146306", " 2 bacias de inox")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146307", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146307", " Base p/ Tvs")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146304", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146304", " 5 climatizadores 220 v")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146312", "102")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146312", " Climatizador comercial 220v")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146313", "103")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146313", "Lavadora de louça nova Brastemp 220 v com avaria")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146314", "104")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146314", "23 purificadores e bebedouros sucata ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148575", "105")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148575", " SUCATAS DE FERRAMENTAS")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148576", "106")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148576", " 1.000 UN. PACOTE COM GUARDANAPO - envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148581", "107")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148581", " 1.000 UN. PACOTE COM GUARDANAPO - envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148578", "108")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148578", " 1.000 UN. PACOTE COM GUARDANAPO - envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148583", "109")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148583", " 1.000 UN. PACOTE COM GUARDANAPO - envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148580", "110")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148580", " 1.000 UN. PACOTE COM GUARDANAPO - envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148579", "111")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148579", " 1.000 UN. PACOTE COM GUARDANAPO - envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148586", "112")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148586", " 500 UN KIT COM GARFO SUPER RESISTENTE   PALITO   SACHÊ DE SAL   GUARDANAPO -envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148582", "113")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148582", " 500 UN KIT COM GARFO SUPER RESISTENTE   PALITO   SACHÊ DE SAL   GUARDANAPO -envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148584", "114")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148584", " 500 UN KIT COM GARFO SUPER RESISTENTE   PALITO   SACHÊ DE SAL   GUARDANAPO -envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148585", "115")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148585", " 500 UN KIT COM GARFO SUPER RESISTENTE   PALITO   SACHÊ DE SAL   GUARDANAPO -envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148587", "116")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148587", " 1.000 UN. EMBALAGENS PARA HAMBÚGUER-envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148588", "117")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148588", " 1.000 UN. EMBALAGENS PARA HAMBÚGUER-envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148589", "118")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148589", " 1.000 UN. EMBALAGENS PARA HAMBÚGUER-envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148590", "119")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148590", " 1.000 UN. EMBALAGENS PARA HAMBÚGUER-envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148592", "120")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148592", " 1.000 UN. EMBALAGENS PARA HAMBÚGUER-envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148593", "121")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148593", " 1.000 UN EMBALAGENS PARA SALGADINHOS, BATATINHAS-envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148591", "122")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148591", " 1.000 UN EMBALAGENS PARA SALGADINHOS, BATATINHAS-envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148594", "123")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148594", " 1.000 UN EMBALAGENS PARA SALGADINHOS, BATATINHAS-envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148595", "124")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148595", " 1.000 UN EMBALAGENS PARA SALGADINHOS, BATATINHAS-envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148596", "125")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148596", " 1.000 UN EMBALAGENS PARA SALGADINHOS, BATATINHAS-envio pelos correios após custo com autorização previa")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148712", "126")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148712", "04 CAIXAS AMPLIFICADORAS E 1 APARELHO DE SOM ")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148713", "127")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148713", "02 BOMBAS MONOFÁSICAS 220V E 4 BOMBAS TRIFÁSICAS 380V")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146206", "303")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146206", "MÁQUINA DE SORVETE EXPRESSO E MILKSHAKE 220 MONOFASICA")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146202", "311")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146202", " Bomba multi estágios")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146201", "314")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146201", " Moinho de pão inox")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146208", "400")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146208", "Barco de fibra c/ motor de rabeta, 2 remos e 3 carretilhas  ")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146209", "401")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146209", "2 roupas de neopreme longa")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146197", "430")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146197", "Máquina para Madeira")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146199", "432")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146199", " Máquina Risomat semi automática de corte de papel isolante (poliéster) para isolamento de motores e transformadores")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146198", "444")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146198", " Embaladora termo encolhivel 40x40")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146194", "465")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146194", "TURBINA WEG")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146193", "476")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146193", " Desbobinadeira de chapa com caixa de redução")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146196", "480")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146196", " Moinho triturador de cobre e mesa garimpadora ")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146195", "481")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146195", " Injetora de poliuretano. Para reparo")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146200", "539")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146200", " Máquina para cortar chapa automática funcionado")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...148 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146204", "626")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146204", " Compressor wayne 60 pés")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146203", "627")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146203", " Bomba d’água de pressão")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...186 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146205", "634")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146205", " Arqueadora de caixas")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146212", "655")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146212", " 2 Vending Machine")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146211", "656")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146211", " Balcão confeitaria inox")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
-[...4190 lines deleted...]
-      </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146210", "658")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146210", " Sucata de Condensadoras")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>