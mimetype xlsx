--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1147 +269,1007 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148502", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148502", "[ VÍDEOS ] ESCAVADEIRA KOMATSU MOD. PC200 ANO 2011 - RODANTE SEM USO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>348.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146323", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146323", "[ VÍDEO ] ROLO COMPACTADOR MULLER. MOD. VAP 55. ANO aprox. 1991")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>65.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149090", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149090", "RETROESCAVADEIRA CATERPILLAR MOD. 416E ANO 2006 - 4X4 ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146336", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146336", "[ VÍDEOS ] PÁ CARREGADEIRA CASE. MOD. 621D. ANO 2006. OPERACIONAL")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>290.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146649", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146649", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR MOD. 938F ANO 1998 ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>170.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146341", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146341", "VW / FUSCA 1300 ano 1974/74 - GASOLINA - ORIGINAL")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146903", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146903", "[ VÍDEO ] MOTONIVELADORA CATERPILLAR MOD. 12G ANO APROX. 1995")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>230.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146329", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146329", "[ VÍDEO ] BOBCAT 325. ANO 2008. MOTOR KUBOTA. ENGATE RÁPIDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146332", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146332", "[ VÍDEO ] MOTONIVELADORA CATERPILLAR. MOD. 140G. ANO Aprox. 1996")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>275.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146340", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146340", " [ VÍDEO ] RETROESCAVADEIRA CASE. MOD. 580M 4x4. ANO 2007")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>154.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146344", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146344", "[ VÍDEO ] TRATOR AGRALE MOD. 4100. ANO Aprox. 1980. COM ROÇADEIRA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146330", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146330", "[ VÍDEO ] MOTONIVELADORA CATERPILLAR. MOD. 12G. ANO Aprox. 1996")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>275.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146331", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146331", "[ VÍDEO ] TRATOR ESTEIRA CATERPILLAR. MOD. D5 (CÂMBIO). ANO Aprox. 1991")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>188.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148206", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148206", "[ VÍDEO ] TRATOR DE ESTEIRA KOMATSU MOD. D30 ANO APROX. 1980 C/ RIPPER MOTOR MB 1113 ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>117.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146335", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146335", "[ VÍDEOS ] MOTONIVELADORA YTO MOD. MG 1217 A. ANO 2014. MOTOR CUMMINS TURBO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146345", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146345", "[ VÍDEO ] TRATOR MASSEY FERGUSON. MOD. 50X. ANO Aprox. 1974 - 2 PNEUS TRASEIROS NOVOS. COM TOMADA DE FORÇA. ACOMPANHA ROÇADEIRA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146346", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146346", "[ VÍDEO ] RETROESCAVADEIRA CATERPILLAR. MOD. 416E 4X4. ANO 2009")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>155.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146902", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146902", "[ VÍDEOS ] FORD / 13000 ANO 1986 - DOC. MECÂNICA OPERACIONAL")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146334", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146334", "[ VÍDEO ] TRATOR DE ESTEIRA CATERPILLAR. MOD. D4RESR (câmbio). ANO 1995.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146342", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146342", "[ VÍDEO ] ESCAVADEIRA CATERPILLAR MOD. 315DL ANO 2011")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>317.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148238", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148238", "[ VÍDEO ] RETROESCAVADEIRA CASE MOD. 580 SUPER H ANO 1998 - 4X4 - TRAÇADA")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149046", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149046", "[ VÍDEO ] ESCAVADEIRA SANY MOD. SY215C ANO Aprox. 2015")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>250.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149047", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149047", "02 GRAMICHEL ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...665 lines deleted...]
-      <c r="F33" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149048", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149048", "CONCHA CATERPILLAR 924G")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-[...25 lines deleted...]
-      <c r="F34" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146326", "029")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146326", "LOTE COM 08 PISTÕES: 01 FH200, 01 POUCLAIN, 03 CAT E 03 WUBBER. E 01 COMANDO TRASEIRO DE FH80")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-[...25 lines deleted...]
-      <c r="F35" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146328", "034")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146328", "CABINE PARA MÁQUINA")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-[...25 lines deleted...]
-      <c r="F36" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146324", "037")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146324", " EXTRUSORA DE PERFIS DE CONCRETO J. COLOMBO. MOD. PHITON. APROX. 700 HRS")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>12.200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-[...25 lines deleted...]
-      <c r="F37" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146325", "038")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146325", " CARRETA. CHAPEADA DE AÇO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-[...25 lines deleted...]
-      <c r="F38" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146347", "041")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146347", "TRATOR VALMET. MOD. 65X. Carretinha não inclusa.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146337", "042")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146337", " PÁ CARREGADEIRA CATERPILLAR. MOD. 938G II. ANO 2006")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>245.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146338", "043")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146338", " MOTONIVELADORA CATERPILLAR. MOD. 120B. ANO 1976 (MOTOR REVISADO)")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148693", "044")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148693", "CABINE JATO DE AREIA C/ MOTOR WEG")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-[...126 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148694", "045")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148694", "MUNCK RODOMAQ ANO 2016 - MOD. GHR 25.000")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146348", "046")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146348", "FORD / F 1000S - ANO 1989/1989 - CÂMBIO E DIFERENCIAL BONS / 4 PNEUS NOVOS / MOTOR TURBO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146343", "048")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146343", "CAMINHÃO VOLVO / N10 - ANO 1989 / 89 - Diesel")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>