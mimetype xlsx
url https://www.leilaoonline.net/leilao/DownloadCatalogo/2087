--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,315 +269,279 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146480", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146480", " Caminhão VW 13.170 2001 - Roll-on Grimaldi G25")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146481", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146481", " [vídeo] Empilhadeira Hyster - 1.800kg - 2012 - ( sem cilindro de gás ) ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146483", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146483", " Empilhadeira Hyster - 1.800kg - 2012 - ( sem cilindro de gás ) ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146479", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146479", " Lote com: 07 motores à gasolina ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146482", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146482", " Lote com: 04 motores elétricos ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146476", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146476", " Lote com: 08 células de carga - Líder - para 40 T.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146477", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146477", " Lote com: 02 torres de empilhadeira Hyster")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146478", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146478", " Aproximadamente 1.500Kg de Chapas - 3mm e 4mm - 1.20 x 0.50")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...100 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...126 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146484", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146484", " Prensa enfardadeira ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>