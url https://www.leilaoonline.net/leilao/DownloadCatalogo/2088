--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,3675 +269,3219 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146504", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146504", "CAMINHÃO M.BENZ/AXOR 2644S6X4; 2017/2018; BRANCA; DIESEL - APROX. 148 MIL KM")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>81</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>300.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146494", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146494", "CAMINHÃO M. BENZ/1111; 1968/1968; AZUL; DIESEL; TURBINADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146495", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146495", "CAMINHÃO FORD/CARGO 712; 2009/2009; PRATA; DIESEL; PLATAFORMA GUINCHO - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>119.300,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146496", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146496", "CAMINHÃO M. BENZ/L 608 D; 1976/1976; VERMELHA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146506", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146506", "CAMINHÃO MERCEDES BENZ/L 2013; 1981/1981; AMARELA; DIESEL; TURBINADO; HIDRÁULICO - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146499", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146499", "CAMINHÃO M. BENZ/L 1113; 1980/1980; VERMELHA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146505", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146505", "CAMINHÃO M. BENZ/L 1516; 1981/1983; VERMELHA; DIESEL; TURBINAS HIDRÁULICAS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146492", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146492", "CAMINHÃO MERCEDES BENZ 1113; 1969/1969; VERDE; DIESEL")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147214", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147214", "CAMINHÃO M.BENZ/L 1313; TRUCK; 1971/1971; AMARELA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146497", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146497", "CAMINHÃO FORD/FORD 13000; 1986/1986; VERMELHA; DIESEL; TURBINADO; HIDRÁULICO; MOTOR MWM299 6CC")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148209", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148209", "I/TOYOTA HILUX CD4X2 SRV; 2006/2007; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>71.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146501", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146501", "CAMIONETA GM/CHEVROLET D10; 1984/1984; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147385", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147385", "BRITADOR CONICO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>169.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146500", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146500", "MUNK DE 3 LANÇAS HIDRÁULICAS E 2 MANUAIS")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>149</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>61.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146515", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146515", "BRITAGEM MÓVEL; PENEIRA ALIMENTADOR; BRITADOR 60/40 SOBRE RODAS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146511", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146511", "BRITADOR 62/40 FAÇO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146516", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146516", "REBOQUE/TRES SRTA 2; 1999/2000; BRANCA - (SERÁ VENDIDA SOMENTE A PRANCHA - CAVALO NÃO FAZ PARTE DO LOTE)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>44.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147384", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147384", "veja o vídeo!! BOBCAT; MOTOR AGRALE 2CC; ANO INDEFINIDO - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147383", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147383", "veja o vídeo!! EMPILHADEIRA CLARK PARA 1.500KG; ANO INDEFINIDO - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147382", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147382", "veja o vídeo!! PÁ CARREGADEIRA  FIATALLIS 134 BR; ANO INDEFINIDO; MOTOR MERCEDES; FREIO À AR; COM GARFO DE PALET E CONCHA")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146512", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146512", "veja o vídeo!! PÁ CARREGADEIRA; CATERPILLAR 930; ANO 1985; FREIO A DISCO - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>44.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146520", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146520", "PLANTADEIRA DE CANA - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146519", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146519", "TRATOR ALICHARME ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146889", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146889", "veja o vídeo!! TRATOR VALTRA A 850; ANO 2018; COM 4.200HS; CABINADO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>167.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146507", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146507", "TRATOR VALMET 65 ID; ANO 74/75 ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146508", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146508", "veja o vídeo!! TRATOR MASSEY FERGUSON 65 X; ANO 71; CANELA REDONDA; 3 MARCHAS")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146510", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146510", "TRATOR MASSEY FERGUSON MOD. 35; ANO INDEFINIDO; DIESEL; 4 MARCHAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146513", "031")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146513", "TRATOR VALMET 85 ID.; ANO 78")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146514", "032")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146514", "TRATOR MASSEY FERGUSON; MODELO 275; ANO 80; FREIO A ÓLEO - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>56.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146518", "033")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146518", "veja o vídeo!! TRATOR VALTRA BF 75; ANO 2006; 4X2 - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146522", "035")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146522", "TRATOR MASSEY FERGUSON 55X; EMBREAGEM DUPLA; 4 MARCHAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146784", "036")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146784", "TRATOR CBT 2080; ANO 82; MOTOR MERCEDES - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146523", "037")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146523", "TRATOR MASSEY FERGUSON 65X; ANO 1970 - FUNCIONANDO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146524", "038")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146524", "TRATOR VALMET KD112; SEM IDENTIFICAÇÃO DE ANO; COM DIREÇÃO HIDRÁULICA - FUNCIONANDO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146786", "039")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146786", "TRATOR MASSEY FERGUSON 65X; ANO 73; CANELA QUADRADA; 3 MARCHAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148481", "041")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148481", "150 UNIDADES DE TUBOS DE 7 POLEGADAS; ENGATE RÁPIDO; AÇO ZINCADO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>51.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146525", "042")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146525", "PLANTA DE BRITAGEM")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146529", "043")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146529", "veja o vídeo!! 50 TONELADAS DE TUBOS DE 8.10.12.14 POLEGADAS; COMPRIMENTO DE 8 M E 12 M - Lance por kg")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146787", "044")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146787", "SAIDER MARCA FACHINI 7000X2; 4X2; 80 ASSOALHO CHAPEADO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146528", "045")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146528", "REB/KRONE; 1994/1994; BRANCA; CAÇAMBA 3 EIXOS")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>48.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146532", "046")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146532", "REB/FNV FRUEHAUF; 1974/1974; PRETA; PARA 30 MIL LITROS; TODA EM AÇO INÓX; PESO DO TANQUE 11 TONELADAS")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146534", "047")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146534", "LOTE DE SUCATA DE CAMPANA; 25.000KG")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>153</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146531", "048")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146531", "GERADOR 350 KVA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146530", "049")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146530", "GERADOR DE ENERGIA 210KVA; MOTOR CUMIS ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146527", "050")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146527", "PARAFUSOS DIVERSOS; PORCA VÁRIAS MEDIDAS (NAS ESPECIFICAÇÕES)")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1,10</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146548", "051")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146548", "LOTE DE MANGUEIRAS HIDRÁULICAS ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146542", "052")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146542", "CAÇAMBA VASCULANTE")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146536", "053")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146536", "CARRETA PARA TRATOR")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146539", "054")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146539", "veja o vídeo!! VAGÃO JUMIL JM10.000")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146535", "055")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146535", "CARROÇA COM FREIO E ARREIO")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146540", "056")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146540", "SAIDER (MEDIDAS: 6,60M DE COMPRIMENTO, 2,60 DE LARGURA; 2,90 DE ALTURA); ASSOALHO CHAPA DE FERRO")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146537", "057")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146537", "BAÚ REFRIGERADO; 8M DE COMPRIMENTO; COM GANCHEIRAS PARA FRIGORÍFICO; COM MANGUEIRAS E COMPRESSOR COM SUPORTE PARA MOTOR MERCEDES")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146541", "058")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146541", "BÁU ANTONINI (PARA CAMINHÃO VOLKSWAGEN)")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146538", "059")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146538", "CARROCERIA DE MADEIRA")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146545", "060")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146545", "CARRETA 2 RODAS")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146546", "061")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146546", "CARRETA PARA PLANTIO DE CANA")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146543", "062")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146543", "CARRETA PARA TRANSPORTE DE PESSOAS")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146547", "063")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146547", "GAIOLA PARA F4000")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146549", "064")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146549", "2 CHEGADEIRA DE TERRA")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146544", "065")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146544", "GRADE NIVELADORA DE CONTROLE REMOTO 24 DISCOS")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>96</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>15.100,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146550", "066")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146550", "veja o vídeo!! IMPLEMENTO CATA CAPIM; MARCA SILTOMAC")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146554", "067")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146554", "ROÇADEIRA KAMAK; 2.6M DE COMPRIMENTO")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146551", "068")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146551", "TANQUE PULVERIZADOR JOHN BEAN; CAPACIDADE 2000L; C/ TANQUE DE FIBRA E PLATAFORMA TRASEIRA")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146553", "069")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146553", "ARADO SANTA IZABEL; COM REVERSÍVEL; 3 BACIAS")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146555", "070")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146555", "PLAINA PARA TRATOR")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146552", "071")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146552", "ADUBADEIRA TATU; 4 LINHAS")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146558", "072")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146558", "ROÇADEIRA")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146556", "073")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146556", "ELEVADOR PARA CARRETA BIM DE 4 X 0.6 METROS")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146557", "074")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146557", "FORRAGEIRA JUMIL")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146559", "075")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146559", "3 TRITURADORES; 1 PICADEIRA NOGUEIRA MODELO 6200 + BENEFICIADOR DE ARROZ COM MOTOR ELÉTRICO MARCA NOGUEIRA")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146560", "076")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146560", "PICADEIRA DE CANA; COM ESTEIRA")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146561", "077")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146561", "CALCAREADEIRA DE 2 RODAS")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146562", "078")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146562", "ADUBADEIRA CALCAREADEIRA VICON")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146563", "079")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146563", "ROÇADEIRA DE ARRASTO AVARÉ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146785", "080")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146785", "ENSILADEIRA MENTA; ANO 2013 - FUNCIONANDO")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146564", "081")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146564", "PLAINA LIMADORA")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146565", "082")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146565", "GAIOLA BOIADEIRA; PARA F1000")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146566", "083")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146566", "PLANTADEIRA DE PLANTIO DIRETO MARCA SLC 4; LINHAS MODELO 708 + CAIXA DE COMPONENTES")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146570", "084")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146570", "GUINCHO PARA TRATOR")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146567", "085")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146567", "FURADEIRA DE BANCADA")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146568", "086")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146568", "GRADE NIVELADORA ARTICULADA DE 28 DISCOS DE 16''; MARCA PICCIN")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146578", "087")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146578", "GRADE ARADORA 14 DISCOS")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146569", "088")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146569", "LOTE COM 17 UNIDADES DE FERRAMENTAS; MARCA BELZER (NOVAS)")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146573", "089")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146573", "BROCA PARA CONCRETO; BOSCH SPEED X; SDS MAX; MEDIDAS 35X800X920MM (NOVA)")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146571", "090")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146571", "veja o vídeo!! JETBOOD 5 LUGARES, ANO 2013 ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146572", "091")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146572", "SERRA DE FITA VERTICAL INDUSTRIAL")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146577", "092")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146577", "FORRAGEIRA NOGUEIRA")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146574", "093")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146574", "BRITADOR DE MANDÍBULA 50/30")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146575", "094")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146575", "SULCADOR ADUBADOR; MARCA ROSSETI; C/ 2 ADUBADEIRAS E 2 SULCADORES PARA CANA")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146576", "095")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146576", "APLICADOR DE ADUBO E CALCÁRIO DE 4 LINHAS; MARCA KAMAQ + PULVERIZADOR 400L; MARCA CIMABER; EQUIPADO COM BOMBA")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146579", "096")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146579", "ADUBADEIRA CALCAREADEIRA; MARCA VICON; MODELO DS1350; DISTRIBUIÇÃO DISCO DUPLO P/ REFORMA")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146580", "097")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146580", "CABINE MARCA DMB + CABKIT MARCA MATÃO")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147380", "098")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147380", "ROÇADEIRA BALDAN 1,20M; GIRO LIVRE")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...329 lines deleted...]
-      <c r="D26" s="4" t="inlineStr">
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146581", "099")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146581", "3 CHASSIS DE CARRETA COM RODA SENDO 1 DELES COM TORRE")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146583", "100")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146583", "CATA CAPIM")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146582", "101")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146582", "SUBSOLADOR 9 HASTES DE CONTROLE REMOTO")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146584", "102")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146584", "4 PNEUS (MEDIDA 600-65-28)")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146588", "103")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146588", "SUBSOLADOR KAMAK; 3 HASTES")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
-[...292 lines deleted...]
-      <c r="F35" s="4" t="inlineStr">
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146585", "104")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146585", "7 UNIDADES DE PNEUS 215-17.5")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146586", "105")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146586", "11 UNIDADES DE CAIXA DE MARCHA; DIVERSAS; LINHA LEVE")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146587", "106")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146587", "41 UNIDADES DE TANQUE DE COMBUSTIVEL; DIVERSOS; LINHA LEVE")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146589", "107")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146589", "CONCHA DE HIDRAULICO PARA TRATOR")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146590", "108")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146590", "GRADE ARADORA; 14 DISCOS")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>14.250,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-[...25 lines deleted...]
-      <c r="F36" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146591", "109")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146591", "GAIOLA BOIADEIRA (DE MERCEDES BENZ 608)")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146592", "110")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146592", "BOMBA THEBE MODELO TMDL 27/3")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-[...335 lines deleted...]
-      <c r="D47" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146593", "111")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146593", "CONTAINER MARÍTIMO DE 6 METROS")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146597", "112")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146597", "BOMBA IMBIL 100/500/2")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146598", "113")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146598", "BOMBA TRATOR LANFRED 700/3")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147381", "114")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147381", "BAÚ; ANO 2010 (MEDIDAS: LARGURA 2,60M; ALTURA 2,30M; COMPRIMENTO 8,50M)")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E47" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F47" s="4" t="inlineStr">
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-[...47 lines deleted...]
-      <c r="D49" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147610", "115")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147610", "PLAINA AGRÍCOLA")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E49" s="5" t="inlineStr">
-[...100 lines deleted...]
-      <c r="F52" s="4" t="inlineStr">
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147611", "116")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147611", "CABINE DE CAMINHONETE MB 180; ANO 1995")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-[...15 lines deleted...]
-      <c r="D53" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146594", "118")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146594", "CONCHA PARA CARREGADEIRA; DE 1.8 METROS DE LARGURA")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E53" s="5" t="inlineStr">
-[...90 lines deleted...]
-      <c r="D56" s="4" t="inlineStr">
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146595", "120")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146595", "RACK FURAKAWA RACK ABERTO ENTERPRISE 45U")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E56" s="5" t="inlineStr">
-[...1220 lines deleted...]
-      <c r="F94" s="4" t="inlineStr">
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-[...926 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146596", "121")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/146596", "AR CONDICIONADO DE JANELA 18.000 BTUS; MARCA SPRINGER; QUENTE E FRIO")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>