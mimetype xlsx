--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,5595 +269,4899 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149746", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149746", "MUNCK CIBI MOD. TC 6000 - COM UNIDADE HIDRÁULICA. COM BOMBA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147261", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147261", "[ VÍDEO ] Caminhão Mercedes Benz 1218 - truck Ano 1994. Com Munck Madal mod. 10.000 Ano 2005")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147283", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147283", " COLETOR/ COMPACTADOR 15 METROS CUBICOS - SEM BOMBA")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147213", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147213", "Máquina para solda de tubo. Tipo ponteadeira.100 KVa")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147277", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147277", "CAMINHÃO VW / 17.280 CRM 4x2 CRM 4x2 ( modificado p/ 3 eixos) 4P - ANO 2015/16 - DIESEL  ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>138.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147263", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147263", "21 Bicicletas Diversas")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147236", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147236", "Eletro-erosão marca Cincinnati")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147210", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147210", "Moinhos p/ tinta 3 cilindros horizontal")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147229", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147229", "PRENSA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147252", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147252", "GRUPO GERADOR BETOVA. 15 KWA. MOTOR DIESEL YANMAR")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147266", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147266", "Aprox. 55 folhas de compensados de 10 a 12 mm ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147237", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147237", "Afiadora")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147254", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147254", " Moto bomba Honda - Gasolina - sem uso")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147255", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147255", " Moto bomba Honda - Gasolina - sem uso")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147239", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147239", "1 Gerador")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147224", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147224", " 1 máquina de cortar grama")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147278", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147278", "1 unidade hidraúlica")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149664", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149664", "03 MOTOREDUTORES")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147223", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147223", " 1 bomba monofásica com assessorios. Acompanha carrinho.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147225", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147225", " 3 guinchos e peças dvs. Carregardor de bateria")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147235", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147235", " 4 aspiradores de pó Eletrolux sem acessórios")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147231", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147231", " 4 aspiradores de pó Eletrolux sem acessórios")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147230", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147230", "Rosca transportadora ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>6.200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147234", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147234", " 4 aspiradores de pó Eletrolux sem acessórios")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147215", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147215", "Aprox. 300 Bolsas femininas diversas")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147222", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147222", " Lote de peças inox e alumínio")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147233", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147233", " 4 aspiradores de pó Eletrolux sem acessórios")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147232", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147232", " 4 aspiradores de pó Eletrolux sem acessórios")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147189", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147189", "1 serra pneumatica para madeira e plastico")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147282", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147282", " 6 PÉS DE FERRO FUNDIDO PARA ESMERIL")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147258", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147258", " Aparelho inclonometro lnr 2000 para guindaste (sem uso) ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147203", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147203", " 1 ventilador. .")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147267", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147267", "4 Ventiladores")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147285", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147285", " 03 MOTORES, SENDO: 02 WEG E 01 SEM MARCA")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147286", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147286", " 1 PALETEIRA ELÉTRICA - 2 BATERIAS")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147226", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147226", "1 ventoinha")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147202", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147202", "VÁLVULA ROTATIVA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147268", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147268", "2 Máquinas de solda")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147256", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147256", " 7 variadores de tensao monofasico didatech ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147241", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147241", "1 retificador / processador (sem uso)")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147257", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147257", " Misturador e inclusor de revestimento para laboratório")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147242", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147242", " 1 taboriador de peças com aquecedor")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147272", "045")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147272", "2 Bombas de inox 1HP - sem uso")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147273", "046")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147273", "3 Bombas inox 1HP -  sem uso")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147270", "047")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147270", "Estabilizador ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147259", "048")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147259", " 10 peças - câmera e protetor para empilhadeira")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147275", "049")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147275", "4 postes de ferro galvanizado 6 mts e 4 tubos de inox 4 metros")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147276", "050")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147276", "Mangueiras de pressão hidráulica ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147260", "052")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147260", " Aprox. 1300 peças de lacre de aço")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147279", "054")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147279", "2 motores weg 1 de 20 1 de 6 cv")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147280", "055")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147280", "1 bomba a vácuo 2 moto redutor")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147248", "056")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147248", "1 Bomba")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147250", "057")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147250", "2 Válvulas Diafragma ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147251", "058")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147251", "1 unidade hidráulica com 2 bombas hidráulicas com trocador de calor")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147281", "059")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147281", "2 carrinhos de carga   ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147201", "061")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147201", "COLETOR E SEPARADOR DE ÓLEO")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148505", "062")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148505", " 1 VENTOINHA / VENTILADOR")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148506", "063")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148506", " APROX. 31 UN. MOTORES DIVERSOS")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148507", "064")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148507", " 04 BOMBAS PARA REFRIGERAÇÃO DE MAQUINAS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148510", "065")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148510", " 01 BOMBA / MOTOR WEG CARACOL DA BOMBA INOX")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148508", "066")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148508", " 01 ALINHADOR INDUSTRIAL")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148511", "067")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148511", " 02 REDUTORES / 01 MOTOR")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148513", "068")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148513", " 11 TAMPAS DE MOTORES WEG")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148509", "069")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148509", " APROX. 287 KG DE ENGRANAGENS / POLIAS. SEM USO")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148512", "070")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148512", " 03 INVERSORES")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148516", "071")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148516", " 01 BUCHA EXPANSOR")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148514", "072")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148514", " 04 MOTORES CORRENTE CONTÍNUA")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148517", "073")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148517", " 01 MOTOR")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148515", "074")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148515", " CABO DE AÇÃO - 50 MTS")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148518", "075")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148518", " PLACA PARA TORNO 25CM")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148715", "076")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148715", " 13 MOTORES WEG 3CV RPM 3440")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148718", "077")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148718", " MAQUINA DE DESENTUPIR - motor Weg")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148717", "078")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148717", " 04 PÉS COM MOLA PARA MAQUINA")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148714", "079")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148714", " 05 FERRAMENTAS(PONTEIRA) PARA MARTELETE")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148716", "080")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148716", " APROX. 148 UN. ITENS DIVERSOS ( PARAFUSOS , ROLAMENTOS E CONEXÇÕES)")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148719", "081")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148719", " 02 PISTÕES PARA DESLOCAMENTO DE MAQUINAS - 1,65 MTS")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147200", "091")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147200", " VENTILADOR")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147240", "092")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147240", " BICICLETA CALOI, NA COR YELLOW, REVISADA, ARO 26, PNEUS ANTI FURO, CESTA MULTIUSO, FREIO TAMBOR, QUADRO DE AÇO, 1,80 DE COMPRIMENTO, 0,70 DE LARGURA (GUIDÃO), 1,17 ALTURA (GUIDÃO), PESO")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>470,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147191", "100")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147191", " TROCADOR DE CALOR, DIM. 2850 X 320 MM")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147190", "101")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147190", " TROCADOR DE CALOR, DIM. 1700 X 400 MM")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147193", "109")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147193", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147192", "142")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147192", " MISTURADOR DE LÍQUIDOS EM INOX BERTUSO, ANO: 1997")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147212", "156")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147212", " Espuladeira para enrolar fios e carreteis")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147216", "160")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147216", "1 furadeira de coluna")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147194", "183")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147194", " 5 PROTOCOLADORES")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147195", "184")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147195", " SOPRADOR")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147196", "220")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147196", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147197", "221")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147197", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147198", "276")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147198", "35 peças de tarracha sendo: 13 de 3/8 e 22 de 1/2")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147199", "279")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147199", "01 redutor")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.120,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147221", "282")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147221", "Moinho de rolos para tinta")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147220", "283")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147220", " Moinho de tinta")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147206", "318")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147206", "Parachoque para F1000 em bom estado")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147204", "321")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147204", " 1 Micro teste")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147205", "322")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147205", " 1 micro teste para laboratório")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147207", "337")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147207", " 3 agitadores com aquecedor para laboratório")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147209", "346")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147209", " porta papel")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147208", "347")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147208", " 12 reatores ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147211", "351")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147211", "Carrinho carga SEM USO. (está sem rodas)")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147217", "353")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147217", "Filtro prensa de placas completa acompanha 1 bomba")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147218", "361")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147218", " aprox. 25 rodízios ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147219", "363")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147219", "1 calandra")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147227", "365")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147227", "Bomba de inox")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147228", "367")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147228", "1 tesoura/ puncionadeira. Marca Franho tipo c-3  ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147161", "401")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147161", " 1 Retifica /afiadora Otica De Perfil Marca Begra Modelo Rp 150 ( precisa de revisão, porem esta completa )")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147169", "402")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147169", "01 fresadora horizontal duplo cabeçote  "hidráulica" sobre bancada (revisão e limpeza, podendo faltar peças )")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147152", "403")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147152", " 1 Centradora Manual Mecanica ( podem faltar peças )")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147243", "404")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147243", "Pórtico Rolante TRUKFORT de 3T com  Talha ELÉTRICA de 5 T")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147177", "405")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147177", " 1 Desempeno Granito Digimess 150mm X 600mm X 1000mm")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147244", "406")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147244", "Balança mecânica 1.000 kg")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147154", "408")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147154", " 1 SERRA DE FITA RONEMAK COM SOLDADOR ( funcionando )")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147247", "413")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147247", " Gerador MB Diesel 6cc Turbinado com painel digital")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147188", "414")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147188", "2 ESTUFA PINTURA 2400 X 1500 - comprador se responsabiliza pela desmontagem, com pessoal habilitado para operação")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...20 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147245", "415")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147245", " Transformador 45 kw 380 para 440")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147246", "416")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147246", " Esmeril Coluna Trifásico")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>1.950,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147262", "417")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147262", " LINHA COMPLETA PINTURA KTL")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147249", "420")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147249", "DESEMPENO FERRO FUNDIDO - MESA DE 1000 X 800")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147264", "500")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147264", "Bancada de teste para motores - Dino MD 02. Veja especificações")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147142", "501")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147142", "Furadeira Radial ")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147151", "502")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147151", " Relógio relíquia funciona - Carrilhão restaurado, dos anos de 1910 com mecanismo francê")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147145", "503")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147145", " Prensa de borracha")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147265", "504")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147265", "Máquina de teste para refrigeração")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147135", "506")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147135", " Descascador de batatas")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147134", "507")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147134", " Liquidificador, pia em inox e uma mesa")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147136", "508")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147136", " Refrigerador de carnes")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147271", "509")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147271", "Elevador para carros capacidade 2.500 kg ")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147138", "511")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147138", " Máquina de lavar louças em inox ")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147274", "512")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147274", "Aprox. 86 rolamentos Diversas marcas e modelos (38 sem embalagens). Sem uso ")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147137", "513")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147137", " Lavador de cozinha industrial em inox")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149247", "514")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149247", "LOTE DE ELETRODOS - GRAFIT APROX. 1.250 UN. E ARAME DE SOLDA  APROX. 150 Kg")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147140", "520")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147140", " Massageador relax")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147141", "521")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147141", " Balança e impressora")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147143", "523")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147143", "Lote de torneiras e componentes. Aprox.  60 torneiras e chuveiros higiênicos")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147139", "525")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147139", " Descascador de batatas")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147146", "526")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147146", " 2 un. de moto bombas de 30 CV")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147147", "531")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147147", "Conjunta de 1 mesa  tampo de vidro e 6 cadeiras")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147148", "532")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147148", "Bau aprox. 7 mts")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147149", "533")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147149", "aprox. 40 pçs de estante de aço")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147156", "543")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147156", " 01 queimador a gás")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147160", "544")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147160", " 01 queimador a gás")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147166", "545")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147166", " [ LANCES POR KG ] Aprox. 2 ton tubos de inox diversos tamanhos")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>14,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>5.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147176", "546")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147176", " Flat Day -completo - para laminação de plásticos")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F152" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...52 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147170", "547")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147170", " Flat Day -completo - para laminação de plásticos")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147171", "548")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147171", " Rotor de moinho c/ faca de espera - sem uso")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147174", "549")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147174", " Aprox. 150 un. luminárias diversas - sem uso")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147168", "553")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147168", " 1 balção inox (4 m) e 3 pias industrial (3 m)")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
+      <c r="F156" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...25 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147173", "554")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147173", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147165", "555")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147165", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147153", "556")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147153", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147162", "557")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147162", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147158", "558")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147158", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147159", "559")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147159", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147172", "560")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147172", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147167", "561")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147167", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147155", "562")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147155", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147163", "563")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147163", " 1 bomba de óleo ( corpo de inox)")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147157", "564")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147157", " 14 disjuntores telemecanique, diferente amperagens")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147164", "565")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147164", " 14 disjuntores telemecanique, diferente amperagens")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147178", "566")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147178", " 4 chaves seccionadoras Siemens, 125a, modelo 3np4")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147175", "567")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147175", " 2 chaves seccionadoras Siemens, 250a, modelo 3np4290")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147179", "568")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147179", " Aproximadamente 65 disjuntores motores com amperagem diversas")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147180", "569")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147180", " 70 contatores Siemens, diversas amperagens e modelos")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147181", "570")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147181", " 64 Disjuntores Steck 32a curva C. Sem uso. Na caixa")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147184", "571")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147184", " 1 Painel ihm Siemens Coros OP 252 Painéis ihm Siemens OP 393")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147183", "572")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147183", " Power SupplyModelo WRA960")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147182", "573")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147182", " Disjuntor ABB Sace TmaxModelo T7S 1250")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147185", "574")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147185", " Disjuntor ABB Sace TmaxModelo T7S 1600")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147186", "582")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147186", " Aproximadamente 50 Disjuntores Siemens, diversas amperagens e voltagens Venda no estado")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147187", "583")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147187", " 4 Servidores Dell, modelos diversos, máquinas para retirada de peças, no estado. ")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147253", "600")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147253", " [ LANCE POR KG ] APROX. 8 TON. DE CAMINHO DE ROLAMENTO (27mts com os pés )")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>6,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147284", "601")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147284", " [ LANCE POR KG ][ VÍDEO ] 58 PÉS DIRETO - PARA GALPÃO / MESANINO - MEDIDAS: 320mm X 250mm X 3000mm - PESO APROXIMADO: 7.656 KILOS")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>5,50</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147238", "604")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147238", "[ LANCE POR KG ] Aprox. 5 ton. de arame tubular submerso 2mm Lincoln, Em conformidade com aws A5.20 e Asme SFA-5.20. Classificação E70T-7 DC Polarity (DCEN) certificado pela CWB para CSA W48.5-M")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>7,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147144", "606")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147144", " Aquecedor de marmitas")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...5310 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147150", "607")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147150", "[ PREÇO POR KG ] aprox. 7 ton. de Tubos galvanizado com comprimento diversos usado no estado")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>4,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>