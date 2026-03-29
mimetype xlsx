--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,315 +269,279 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9904", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9904", "CAMINHÃO DAF/GINAF X5376T 10X6 CAP. CARGA 54TON., 2007/2007, DIESEL")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9905", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9905", "CAMINHÃO DAF/GINAF X5376T 10X6 CAP. CARGA 54TON., 2007/2007, DIESEL")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9906", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9906", "GUINDASTE GROVE TMS 300 37 TONELADAS E 42 METROS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>36.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9925", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9925", "FORD/CARGO, 2842 AT TRACTOR, 2014/2014, BRANCA, DIESEL")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>81.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9926", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9926", "MERCEDES BENZ/ACTROS 2546 LS, 2014/2014, BRANCA, DIESEL,")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9927", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9927", "VW/ KOMBI FURGÃO 2008/2009, BRANCA, GASOLINA,")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5.400,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9928", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9928", "FORD/CARGO 1418, 1988/1988, BRANCA, DIESEL,")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9929", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9929", "MERCEDES BENZ/ 1723, 1998/1999, PRATA, DIESEL,")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>21.250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9930", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9930", "MMC 4X4 GL, 2002/2003, BRANCA, DIESEL,")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>86</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>20.300,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>