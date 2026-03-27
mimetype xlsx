--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147393", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147393", " CAMINHÃO COMPACTADOR 19 M3 - VOLKSWAGEN 17280 - 6X2 . NO ESTADO.  PLACA:  AYP1I48 ANO/MOD:  2013/2014 RENAVAM:  1014991738. CHASSI:  953658243ER419016 OOBS:  VEÍCULO DEVE SER RETIRADO NO GUINCHO.  DETALHES DO ESTADO GERAL NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>84.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147398", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147398", " CAMINHÃO SEM IMPLEMENTO - FORD 1723 - 6X2. NO ESTADO.  PLACA:  OKN0336 ANO/MOD:  2012 RENAVAM:  485167980. CHASSI:  9BFYEAHD5DBS16931 OBS:  VEÍCULO DEVE SER RETIRADO NO GUINCHO.  DETALHES DO ESTADO GERAL NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>76.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147395", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147395", " CAMINHÃO SEM IMPLEMENTO - FORD 1723 - 4X2. NO ESTADO.  PLACA:  OUO1831 ANO/MOD:  2013 RENAVAM:  567450902. CHASSI:  9BFYEAHD1DBS42216 OBS: VEÍCULO DEVE SER RETIRADO NO GUINCHO.  DETALHES DO ESTADO GERAL NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>86.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147401", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147401", " CAIXA COMPACTADORA ESTACIONÁRIA - Modelo P07 - REF. Nº 7004 Caixas fora de operação há muito tempo, porém, estavam funcionando até então. Mangueiras ressecadas, vazamento de óleo e com furo na caixa. Caixa para reforma, podendo faltar alguma peça ou componente. NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147397", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147397", " CAIXA COMPACTADORA ESTACIONÁRIA - Modelo P07 - REF. Nº 7005 Caixas fora de operação há muito tempo, porém, estavam funcionando até então. Mangueiras ressecadas, vazamento de óleo e com furo na caixa. Caixa para reforma, podendo faltar alguma peça ou componente. NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147394", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147394", " CAIXA COMPACTADORA ESTACIONÁRIA - Modelo P07 - REF. Nº 7007 Caixas fora de operação há muito tempo, porém, estavam funcionando até então. Mangueiras ressecadas, vazamento de óleo e com furo na caixa. Caixa para reforma, podendo faltar alguma peça ou componente. NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147396", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147396", " CAIXA COMPACTADORA ESTACIONÁRIA - Modelo P07 - REF. Nº 7004-B Caixas fora de operação há muito tempo, porém, estavam funcionando até então. Mangueiras ressecadas, vazamento de óleo e com furo na caixa. Caixa para reforma, podendo faltar alguma peça ou componente. NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147399", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147399", " CAIXA COMPACTADORA ESTACIONÁRIA - Modelo P07 - REF. Sem Nº Caixas fora de operação há muito tempo, porém, estavam funcionando até então. Mangueiras ressecadas, vazamento de óleo e com furo na caixa. Caixa para reforma, podendo faltar alguma peça ou componente. NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147403", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147403", " CAIXA COMPACTADORA ESTACIONÁRIA - Modelo P17 - REF. Nº 8001 Caixas fora de operação há muito tempo, porém, estavam funcionando até então. Mangueiras ressecadas, vazamento de óleo e com furo na caixa. Caixa para reforma, podendo faltar alguma peça ou componente. NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147402", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147402", " CAIXA COMPACTADORA ESTACIONÁRIA - Modelo P07 - REF. Nº 7001 Caixas fora de operação há muito tempo, porém, estavam funcionando até então. Mangueiras ressecadas, vazamento de óleo e com furo na caixa. Caixa para reforma, podendo faltar alguma peça ou componente. NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147400", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/147400", " CAIXA COMPACTADORA ESTACIONÁRIA - Modelo P07 - REF. Nº 7002 Caixas fora de operação há muito tempo, porém, estavam funcionando até então. Mangueiras ressecadas, vazamento de óleo e com furo na caixa. Caixa para reforma, podendo faltar alguma peça ou componente. NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148879", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148879", "CAMINHÃO SEM IMPLEMENTO - VOLKSWAGEN - 17280 - 4X2 -DEVE SER RETIRADO DE GUINCHO. PLACA:  FGQ3364 ANO/MOD:  2013/2014 RENAVAM:  00996008993.  CHASSI:  953658249ER416928 OBS:  DETALHES DO ESTADO GERAL NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>105.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...10 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148880", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148880", "CAMINHÃO SEM IMPLEMENTO - VOLKSWAGEN - 17280 - 4X2 - DEVE SER RETIRADO DE GUINCHO. PLACA:  FGQ3515 ANO/MOD:  2013/2014 RENAVAM:  995072248. CHASSI:  953658244ER417047 OBS:  DETALHES DO ESTADO GERAL NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>106.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...350 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148881", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148881", "CAMINHÃO SEM IMPLEMENTO - VOLKSWAGEN - 17280 - 4X2 - DEVE SER RETIRADO DE GUINCHO. PLACA:  FGQ3525 ANO/MOD:  2013/2014 RENAVAM:  995072965. CHASSI:  953658270ER417241 OBS:  DETALHES DO ESTADO GERAL NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>94.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>