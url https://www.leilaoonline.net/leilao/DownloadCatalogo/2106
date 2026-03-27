--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148697", "007")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148697", " Lote com: 2 unid. Projetor de perfil Mitutoyo PJ300")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148702", "008")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148702", " Máquina de fabricação de rolos de lixa ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148704", "009")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148704", " Micromotor Beltec LB100")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148695", "011")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148695", " Balança Semi analítica - Marte AL 500")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148700", "014")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148700", " Lote com: 2 unid. agitador magnético com aquecedor - Speed Lab ; Quimis")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148696", "019")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148696", " Conversor de torque Schneider")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148709", "023")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148709", " Lote com: 5 unid. Mangueiras ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148707", "025")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148707", " Trocador Mecalor MSW - 15-RI-220/C  - 220V - 60Hz")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148699", "026")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148699", " Torre de refrigeração - Somente torre")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...173 lines deleted...]
-      </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148705", "030")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148705", " Lote com: Pistola quente; Lâmpada fluorescente/ refletor; 3  Lâmpadas grandes;  6 tintas; serrote; Luminária; Máquina de cartão; Têrmometro portátil; Aplicador de silicone")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148703", "033")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148703", " Lote com: Disjuntores; alicate; filtro; placa pneumática; medidor de ruído ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148708", "037")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148708", " Lote com: 16 unid. Capacetes de Segurança")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148710", "038")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148710", " Detector de metais ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148706", "043")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148706", " Lote com: 2 unid. Seladoras ; testeiras de display de balcão; Morsa 5 pol.")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148701", "044")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148701", " Lote com: Válvulas para maq.solda; Porta cédulas e moedas; gabarito 80 furos; micro QBS4; leitor de código de barra; leitor de Hd ext. ; Projetor")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148698", "046")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148698", " Lote com: Contapar; cavaletes de ferro; peças de aspirador de pó; motor.")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148711", "047")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148711", " Máquina - sem informações")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>