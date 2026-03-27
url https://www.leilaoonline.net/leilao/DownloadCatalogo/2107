--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,5115 +269,4479 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148725", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148725", " PITNEY BOWES 810 e Microfone rádio")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148727", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148727", " 10 terminais de comunicação de condominial intelgras")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148720", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148720", " Monitor Semp power supply")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148726", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148726", " 2 Dvd´s Tectoy T6001 Na Cx Com Acessórios.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148721", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148721", " Lote com 3 Com HD´s mz-3s98000/0c3 e um SSD 120gb 2,5")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148729", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148729", " Lote Com HD mz-3s98000/0c3 e um SSD 60gb 2.5")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148733", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148733", " Luminária LED  branca LIGANDO e Luminária LED preta 100w LIGANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148737", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148737", " 2 Luminárias branca teto de gesso")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148728", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148728", " Incubadora SANYO COM-19AIC UV")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148724", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148724", " Lote 2 processadores I3 e celeron G3220")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148734", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148734", " 2 memorias PC DDR3 4GB ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148722", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148722", " 8 memorias DDR3 2GB ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148723", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148723", " 16 memorias notebook DDR3 2GB ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148740", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148740", " 16 memorias notebook DDR3 2GB ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148730", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148730", " 8 peças memórias servidor 8gb DDR2 2RX4 5300P")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148739", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148739", " 4 peças HD´S notebook 500gb ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148731", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148731", " Memória PC DDR4 4GB")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148735", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148735", " 2 Memórias original apple 64gb thans064 gmpf ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148751", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148751", " Lote 5 memórias notebook 2gb DDR3")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148754", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148754", " Impressora Epson XP 214")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148736", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148736", " Mesa digitalizadora Genius MousePen")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148732", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148732", " Tela de encosto 7 dvd ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148757", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148757", " Lote 7 pares de alto falante ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148758", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148758", " Swart camêra wifi ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148753", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148753", " Lote 8 HD´S sendo um 500gb e um de 1.0tb")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148738", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148738", "2 rádios cobra microtalk ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148762", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148762", " Lote Controles tv original diversos modelos 50 peças")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148752", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148752", " Lote organizadores de fios 50 peças e 50 peças de material elétrico")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148761", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148761", " Lote mouses diversos modelos e marcas 50 peças e 55 peças de suporte de leitores")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148755", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148755", " APROX. 10 THIN CLIENT HP MODELOS DIVERSOS")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148760", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148760", " 3 Terminais DIGITAL balança eletronica Inova ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148772", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148772", " Motor eletroplas ICS-50AB")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148766", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148766", " Lote 3 HD´S - 2 3,5 SAS 600GB - 1 3,5 SAS 400GB")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148780", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148780", " Storage Buffalo TeraStation modelo ts5800d3208 com 8 HD´S de 2T ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148763", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148763", " 2 CONTROLADORES GRAVADOR DE SISTEMA MC 2000T")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148773", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148773", " WANDEL E GOLTERMANN PF 4")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148759", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148759", " COMPACT CONGA MOUNTING SYSTEM 826M")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148774", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148774", " Lote 4 HD´S 3,5 sendo um 500gb e um de 1.0tb  ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148756", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148756", " Lote 4 HD´S 3,5 sendo um 500gb e um de 1.0tb  ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148796", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148796", " Lote 6 processadores I5 e Celeron ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148765", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148765", " Lote 2 peças processadores de servidor AMD OPTERON OS6344")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148782", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148782", " Lote 3 peças de HD´S 2,5 notebook 1tb ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148777", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148777", " Lote 3 processadores intel Celeron G1820, Celeron 5440, Pentiun G620")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148776", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148776", " Processador intel I5 ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148767", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148767", " Lote 5 memórias PC DDR3 4GB")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148769", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148769", " Lote 3 Memórias original apple 128gb ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148789", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148789", " Lote 3 memórias pc DDR3 4GB")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148785", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148785", " Lote 3 impressoras HP")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148764", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148764", " Lote 9  telefones sem fio intebras ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148778", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148778", " Lote 6  telefones sem fio intebras ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148768", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148768", " Lote Réguas tomadas extenção modelo novo 50 peças")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148770", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148770", " Monitor Touch ELO ")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148775", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148775", " Roteador Cisco 1800")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148794", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148794", " Roteador Cisco 1900 series")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148788", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148788", " Switch Cisco 2500 series")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148781", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148781", " Lote 3 rack´s PAREDE diversos tamanhos e modelos")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148771", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148771", " Lote 4 LumináriaS LED brancas LIGANDO")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148798", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148798", " Lote 2 Luminárias LED  brancas LIGANDO")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148783", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148783", " Luminária LED 100w ip66 preta")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148801", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148801", " Luminária LED  branca LIGANDO")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148795", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148795", " Lote 4 Luminárias LED  brancas LIGANDO")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148797", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148797", " Luminária LED  cinza LIGANDO")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148790", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148790", " Lote 2 rádios UHF/VHF com um fone PPT")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148779", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148779", " Motor Wey preto ")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148803", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148803", " Lote 6 gavetas de dinheiro inox")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148784", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148784", " Lote 6 gavetas de dinheiro inox")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148742", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148742", " Model 6d tablet tester")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148812", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148812", " Impressora térmica TW3008")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148806", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148806", " Balança de laboratório")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148787", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148787", " Estufa esterilização e secagem")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148793", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148793", " 2 Fogões por indução 220v duas bocas -Venda no estado")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148809", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148809", " Lote 9 processadores intel I3")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148786", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148786", " Lote 6 processadores intel I3")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148799", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148799", " Lote 2 processadores I7 e celeron G540 E 2 I5")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148800", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148800", " Impressora Epson L355")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148811", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148811", " Centribio  80-2b 220v")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148810", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148810", " Lote 5 processadores intel I3 ")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148807", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148807", " Servidor Dell Precision 390")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148741", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148741", " Estação Solda Retrabalho  Line Red 110v")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148791", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148791", " Lote   4 telefones sem fio intebras ")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148815", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148815", " Lote teclados diversos modelos e marcas 25 peças")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148792", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148792", " Lote 2 processadores intel I3 e I5")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148813", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148813", " Estação De Solda  Retrabalho Dekel DK-850 220V")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148818", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148818", " Estação De Retrabalho Solda Ar Quente Yaxun 702 220V")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148824", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148824", " Processador intel I7 930")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148802", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148802", " Lote Rádios PPT 100 peças")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148808", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148808", " Lote câmeras de segurança diversas marcas e modelos 50 peças")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148820", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148820", " Lote cabo USB 2.0 tipo impressora ugreen  100 peças")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148830", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148830", " Lote cabos VGA 100 peças")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148819", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148819", " Lote cabo VGA 50 peças")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148805", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148805", " Máquina de fumaça Smoke Baby 600w 110v")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148850", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148850", " Lote 3 HD´S 2,5 SAS 300GB 10K ")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148821", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148821", " Lote 2 Desktop Bematech modelo RC8400")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148804", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148804", " Lote 2 Desktop Bematech modelo RC8400")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148822", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148822", " Aprox. 2  impressoras toshiba 4610-2cr ")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148826", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148826", " Aprox. 2  impressoras toshiba 4610-2cr ")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148831", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148831", " Aprox. 2  impressoras toshiba 4610-2cr ")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148829", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148829", " Aprox. 2  impressoras toshiba 4610-2cr ")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148828", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148828", " Aprox. 2  impressoras toshiba 4610-2cr ")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148816", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148816", " Aprox. 2  impressoras toshiba 4610-2cr ")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148849", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148849", " Aprox. 2  impressoras toshiba 4610-2cr ")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148817", "102")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148817", " Lote 6 impressoras de cheque diversas marcas com fonte")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148814", "103")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148814", " Lote 3 impressoras de cheque diversas marcas com fonte")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148747", "104")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148747", " Exaustor TD2000/315")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148837", "105")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148837", " Exaustor TD2000")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148845", "106")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148845", " Bio rad mini transilluminator ")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148834", "107")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148834", " Lote 2 impressoras, uma canon e uma brother")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148823", "108")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148823", " Lote 2 processadores Intel I5")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148835", "109")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148835", " Lote 2 cpu´s bematech rc-8100")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148838", "110")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148838", " Lote 2 cpu´s bematech rc-8100")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148748", "111")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148748", " Lote 2 cpu´s BlueTech")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148870", "112")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148870", " Lote 2 cpu´s Elgin ")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148846", "113")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148846", " Lote 2 cpu´s disc ")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148854", "114")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148854", " Lote 2 servidores HP Proliant ML110 G6")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148827", "115")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148827", " Lote 2 HD´S 2,5 SAS 146GB 10K ")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148836", "116")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148836", " HD 3,5 SAS 300GB 15,5K ")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148832", "117")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148832", " Estação Solda Retrabalho Yaxun 878d  220V")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148746", "118")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148746", " Lote 4 HD´S 3,5 73GB 15K SAS")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148744", "119")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148744", " Lote Leitores check  out diversos 65 peças")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148825", "120")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148825", " Projetor Yelco MP 350")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148833", "121")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148833", " Projetor Royal Start S.8")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148840", "122")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148840", " Lote 4 impressoras de cheque diversas marcas com fonte")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148847", "123")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148847", " Behringer Xenyx 1002 ligando e com fonte")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148839", "124")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148839", " Plataforma Vibratória Energym Turbo Charger")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148745", "125")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148745", " Servidor HP Proliant ML110 G7")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148842", "126")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148842", " Lote 4 HD´S HGST FLASN 1,6TB ")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148864", "127")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148864", " Servidor Dell Power Edge 2950 ")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148749", "128")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148749", " Lote 2 HD´S 3,5 SAS 2TB 7,2K ")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148841", "129")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148841", " Notebook Lenovo ThinkPad I5 com fonte")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148844", "130")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148844", " Lote 3 HD´S 2,5 SAS 146GB 15,2K")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148743", "131")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148743", " Lote 2 HD´S 2,5 SAS 600GB 10,5K e 2,5 SAS 146GB 15,5K")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148873", "132")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148873", " Lote 3 HD´S 2,5 SAS 146GB 15,2K ")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148843", "133")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148843", " Aparelho para eletrocardiograma completo")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148875", "134")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148875", " Estufa esterilização e secagem")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148874", "135")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148874", " Lote 4 HD´S 2,5 1,2TB SAS 10K ")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148858", "136")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148858", " Lote 4 HD´S 2,5 1,2TB SAS 10K ")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148848", "137")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148848", " Lote 4 HD´S 2,5 1,2TB SAS 10K ")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148750", "138")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148750", " Lote 4 HD´S 2,5 1,2TB SAS 10K ")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148855", "139")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148855", " Lote 4 HD´S 2,5 1,2TB SAS 10K ")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148867", "140")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148867", " Lote 4 HD´S 2,5 1,2TB SAS 10K ")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148869", "141")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148869", " Lote 4 HD´S 2,5 1,2TB SAS 10K ")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148851", "142")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148851", " Lousa eletrônica 1,90L x 1,35A x 8 P (PMR-AB387-03 87") BRANCO")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148863", "143")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148863", " Storage Buffalo TeraStation modelo ts5600d1206")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148852", "144")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148852", " Lote 3 cpu´s Dell dvs modelos, I3 - HD 500 - 2GB  - DDR3 (3)")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148860", "145")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148860", " Lote 3 All in one Lenovo I3, com mouse e teclado ")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148856", "146")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148856", " Lote 3 All in one Lenovo I3, com mouse e teclado ")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148857", "147")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148857", " Lote sucata 2 notebook´s samsung i3 e dell i3 (1)")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148865", "148")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148865", " Lote sucata 2 notebook´s hp I3 e dell I5 (2)")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148862", "149")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148862", " Lote sucata 2 notebook´s dell I5 e hp I5 (3)")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148859", "150")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148859", " Lote sucata de 2 notebook´s lenovo I5 e positivo inside (4)")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148861", "151")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148861", " Lote sucata de 2 notebook´s lenovo I5 e sony I5 (5)")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148853", "152")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148853", " Lote sucata de 2 notebook´s dell I3 e acer I3 (6)")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148866", "153")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148866", " Lote sucata de 2 notebook´s dell I7 e cce inside (7)")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148871", "154")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148871", " Lote sucata de 2 notebook´s dell I5 e cce inside (8)")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148868", "155")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148868", " Lote sucata de 2 notebook´s Dell´s , sendo um I3 (9)")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148876", "156")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148876", " Lote sucata de 2 notebook´s Dell core 2 e vaio I5 (10)")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148878", "157")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148878", " Lote 3 HD´S 2,5 servidor 300gb 10k SAS")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148872", "158")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148872", " Lote 8 cpu´s HP Proliant ML110")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148877", "159")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/148877", " Servidor HP Proliant ml310e Gen8 V2")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>