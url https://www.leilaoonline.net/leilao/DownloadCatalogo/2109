--- v0 (2025-12-11)
+++ v1 (2026-03-27)
@@ -269,635 +269,559 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152285", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152285", " Lote com Aprox. 10.000 Cabides para lojistas - Diversos")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152274", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152274", " Lote com 15 unidades - Eletrificadoras de cerca Speedrite 18.000/ 12.000")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152286", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152286", " Lote com 36 Unidades - Eletrificadoras de cerca Speedrite 6.000")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152275", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152275", " Lote com 12 Unidades - Balanças de gado bovino")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152282", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152282", " Lote com 16 unidades - Eletrificadora de cerca Terko - Diversas")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152277", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152277", " Lote com 50 Unidades - Monitores LCD - diversos tamanhos e modelos - Pequenos defeitos")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152273", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152273", " Lote com 300 Unidades - Teclado Positivo  - SK 6620 - Bom estado")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152279", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152279", " Lote com: 50 Unidades - Monitores Diversos - Pequenos defeitos")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152287", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152287", "Lote com 25 unidades:  Placa de captura Pinnacle - Áudio e vídeo - 510 USB")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152284", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152284", " Lote com 7 Unidades - Equipamentos médicos e de fisioterapia ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...137 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152280", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152280", " Lote com: 38 Unidades - Detector de metais - Mineoro")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152276", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152276", " Lote com 13 Unidades - Telefone de àudio e vídeo conferência - Profisional")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152278", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152278", " Lote com 5 Unidades - Impressora de etiquetas Zebra Stripe - SM4 e ZM 400 - Ligando")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152283", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152283", " Lote com 3 unidades - Monitor energizador para cerca elétrica - EMX 4J")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152281", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152281", " Plotter HP 1050")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152288", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152288", "Lote com 3 unidades - Inversores de frequência - 2 unid. Vagon - 1 Unid. Altus ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C19" s="4" t="inlineStr">
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152289", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152289", "Carregador de bateria - Linde S8 24/80")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D19" s="4" t="inlineStr">
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...48 lines deleted...]
-      <c r="C22" s="4" t="inlineStr">
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152290", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152290", "Carregador de bateria Still 48/100")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D22" s="4" t="inlineStr">
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E22" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E23" s="5" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F23" s="4" t="inlineStr">
-[...158 lines deleted...]
-      </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152291", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152291", "Lote com 10 Unidades - Rádios intelbrás RC 5002")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>