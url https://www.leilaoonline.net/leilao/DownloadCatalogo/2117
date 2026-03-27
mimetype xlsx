--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149648", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149648", " Retroescavadeira  LiuGong 4x4 Cabinada 2010 - Motor desmontado")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>58.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149649", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149649", " Retroescavadeira New Holland - 4x4 - 2012 - motor desmontado")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>82.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149658", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149658", " Mini Carregadeira 2012 - Cabinada com ar")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>53.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149652", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149652", " Caçamba Facchini  - 12m3 - ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149661", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149661", " Caçamba Facchini Truck 2011")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149655", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149655", " Escvadeira Komatsu pc 200")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149659", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149659", " Trator Sta Matilde")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149653", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149653", " Trator Mf 50x")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149656", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149656", " Trator MF Pula-pula")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149663", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149663", " Trator MF275 - Sem arranque")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149650", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149650", " Grade 16 Discos - com controle")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149660", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149660", " Grade de Arrasto")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149657", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149657", " Roçadeira")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149662", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149662", " Arador concha ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149651", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149651", " Arado 2 discos")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149654", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149654", " Plantadeira")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150801", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150801", "MF 235")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150803", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150803", "Aproximadamente 60 pneus - Vários modelos")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...371 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...190 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152214", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152214", "Lote com: Aproximadamente 11 toneladas de parafusos e porcas - Diversas medidas - PREÇO POR KG")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152408", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152408", "Escavadeira CAT 320 ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>