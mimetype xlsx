--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149253", "803")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149253", "APROX. 9.213 ITENS. - ANEL ELASTICO;RETENÇAO P/EIXO;54MM; CORREIA SINCRONIZADORA; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. LINS/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149254", "804")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149254", "APROX. 310 ITENS. - TURBINA;WELDOTRON/67407, CHICOTE;ATLAS COPCO, BOMBA;YORK; E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. LINS/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149255", "805")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149255", "APROX. 441 ITENS. - VALVULA BORB;AISI316;5POL;150LB, ENGATE RAPIDO;ADAP TIPO A; MODULO DERIVADOR PARA/REDE; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. LINS/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149256", "806")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149256", "APROXS. 407 ITENS - CORREIA TRANSM DENTADA 210 H-100, ESTATOR;NETZSCH/NDB4957921, FILTRO;BOFA/A1030153; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. LINS/SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>