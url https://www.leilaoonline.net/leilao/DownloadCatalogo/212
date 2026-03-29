--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9916", "1139")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9916", "EMPILHADEIRA DE GRANDE PORTE, TIPO REACH STACKER TEREX ANO 2010, PREFIXO TX-21 - ECOPORTO -  - VEJA DESCRITIVO DE ITENS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>450.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9917", "1140")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9917", "EMPILHADEIRA DE GRANDE PORTE, TIPO REACH STACKER TEREX ANO 2010, PREFIXO TX-22,  - ECOPORTO  - VEJA DESCRITIVO DE ITENS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>430.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9936", "3905")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9936", "REACH STACKER FERRARI (F-378), F 09  , ANO 2004, 45 T,  HORAS 44.804 - ECOPORTO - VEJA DESCRITIVO DE ITENS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9932", "3907")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9932", "REACH STACKER FERRARI (F-278), F 13 -  ANO 2001, CAP. 45 T, HORAS 45.471 ECOPORTO - VEJA DESCRITIVO DE ITENS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>64.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9933", "3909")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9933", "REACH STACKER FERRARI  (F-278), F 16 -  ANO 2001,  45 T,  HORAS 45.431 - ECOPORTO  - VEJA DESCRITIVO DE ITENS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9934", "3915")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9934", "SPREADER MOD. EH5, ANO 2000, 35 T,  HORAS ACIMA DE 25.000 HS T, (SPR 01) - ECOPORTO   - VEJA DESCRITIVO DE ITENS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9935", "3916")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9935", "SPREADER MOD. EH5-U, ANO 2006, 41 T ,  HORAS 24.229, (SPR 03) - ECOPORTO  - VEJA DESCRITIVO DE ITENS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>