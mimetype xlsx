--- v0 (2025-11-15)
+++ v1 (2026-03-27)
@@ -269,5019 +269,4395 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149431", "069")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149431", " TRATOR AGRICOLA VALMET MOD/BH180 S 4X4 ETCR,  ANO 2003, FR 3786, MOTOR 620DSN80876, MONT BH18DH02462, LOC. TAPEJARA/PR")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>91.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149345", "071")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149345", " TRATOR VALTRA BH 180 4X4, ANO 2003, FR1788, LOC. IGUATEMI /PR")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>118.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149889", "078")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149889", "CAMINHÃO MB 2423K, ANO 2005/ 2005, BRANCA, FR 3087, LOC. UMUARAMA /PR")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149268", "321")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149268", " MOTO BOMBA MD, ANO 2004, FR4997, LOC. IVATÉ/ PR ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149890", "322")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149890", "COLHEDORA  JD COLHEDORA 3520, ANO 2009, FR 19168, LOC. UMUARAMA / PR ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149402", "324")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149402", " MOTOBOMBA P/VINHACA ANO 1997, FR 19811, LOC. IVATE /PR")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149891", "357")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149891", "REBOQUE USICAMP RCI E1E1 8200, ANO 2002/2002, AZUL, LOC. UMUARAMA / PR ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149893", "362")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149893", "CARREGADORA J. DEERE 6415, ANO 2005, FR19714, LOC. UMUARAMA/PR")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149894", "363")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149894", "REBOQUE RANDON RQ CANAVEIRO , ANO 1999/ 1999, AMARELA, FR19782, LOC. UMUARAMA/PR ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150027", "385")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150027", "SUBSOLADORES MD, ANO 2005, FR30757, LOC. UMUARAMA / PR ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150092", "397")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150092", "REBOQUE TECTRAN RC F1F1, ANO 1998/1998, AZUL, FR30849, LOC. UMUARAMA / PR ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149406", "512")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149406", "CARREGADEIRA SER SPMN1162.0602079, ANO 2006 - FR19712. - LOC. IVATE/PR")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150093", "873")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150093", "REBOQUE USICAMP RCI E1E1 8200 CANA PICADA, ANO 2004/2004, AZUL, FR 16020914, LOC. IVATE / PR ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149356", "2100")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149356", " VW NOVA SAVEIRO RB MBVS, ANO 2018/2019, BRANCA, FR12010008,  LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149370", "3500")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149370", " REBOQUE USICAMP CANA PICADA RCI E1E1 8200, ANO 2003/2003, AZUL, FR16020912 , LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149305", "3502")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149305", "SR USICAMP SRCP E2 10000, ANO 2003/2003, AMARELA, FR18544, LOC. MOREIRA SALES /PR")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149310", "3503")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149310", " REBOQUE CANA PICADA USICAMP RCI E1E1 8200, ANO 2007/2007, AMARELA, FR18560, LOC. MOREIRA SALES /PR")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149313", "3504")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149313", " REBOQUE USICAMP RCI E1E1 8200 , ANO 2001/2001, BRANCA, FR18508, LOC. MOREIRA SALES /PR")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149281", "3505")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149281", " REBOQUE USICAMP RCI E1E18200 , ANO 2001/2001, BRANCA, FR18507, LOC. MOREIRA SALES /PR")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149265", "3512")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149265", " CAMINHÃO MERCEDES BENZ AXOR 3344 GERM, ANO 2009/2009, BRANCA, FR19567, LOC. TAPEJARA/ PR")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>91.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149404", "12356")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149404", " TOYOTA ETIOS SD XS, ANO 2013/2013, BRANCA, FR12030052,  LOC. MARINGÁ/PR ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149423", "12357")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149423", " FIAT STRADA HD WK CC E, ANO 2016/2017, BRANCA, FR8896 ,  LOC. MARINGÁ/PR ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149430", "12358")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149430", " VW GOL 1.0 L MC4, ANO 2018/2019, BRANCA, S/FR,  LOC. MARINGÁ/PR ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149393", "12359")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149393", " VW GOL SPECIAL, ANO 2002/2003, BRANCA, S/ FR, LOC. MARINGÁ/PR ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149418", "12360")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149418", " GM S10 ADVANTAGE D, ANO 2007/2008, FLEX, BRANCA, FR3006,  LOC. MARINGÁ/PR ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149434", "12363")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149434", " VW NOVO GOL TL MCV, ANO 2016/2017, BRANCA, FR 4005,  LOC. MARINGÁ/PR ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149411", "12364")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149411", " VW NOVA SAVEIRO RB MBVS, ANO 2018/2019, BRANCA, FR7016 ,  LOC. MARINGÁ/PR ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149407", "12367")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149407", " VW NOVA SAVEIRO RB MBVS, ANO 2018/2019, BRANCA, FR8857,  LOC. MARINGÁ/PR ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149260", "12369")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149260", "PRANCHA SR.USICAMP, SRCTUS,3 EIXOS, ANO 2002/2002, AMARELA. - FR.1502 - LOC. IGUATEMI/ PR")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>107.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149263", "12370")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149263", "CAMINHÃO VOLVO VM 260 6X4R, ANO 2011/2011, BRANCO. - FR1241. - LOC. IGUATEMI/PR")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>102.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149259", "12371")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149259", "CAMINHÃO VOLVO FM12 380 6X4R, ANO 2004/2004, BRANCO. - FR.1331 - LOC. IGUATEMI/ PR")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>74.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149261", "12372")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149261", "CAMINHÃO VOLVO FM 440 6X4R, ANO 2008/2008, BRANCO. - FR. 1344. - LOC. IGUATEMI/ PR")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>131.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149271", "12373")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149271", " TRATOR VALTRA BM 100 S 4X4, ANO 2003, FR1810, LOC. IGUATEMI/ PR")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>116.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149323", "12374")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149323", "  TRANSBORDO TANDEN SN , ANO 2013, FR30075, LOC. IGUATEMI /PR")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149258", "12377")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149258", " REBOQUE TECTRAM RC F1F1, ANO 1997/1997. AMARELO. - FR1449. - LOC. IGUATEMI/ PR")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149274", "12378")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149274", " REBOQUE TECTRAM RC F1F1, ANO 1997/1997. AMARELO. - FR1444. - LOC. IGUATEMI/ PR")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149314", "12379")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149314", " TRANSB. VT10 BI TANDEM SN, ANO 2011, FR30040, LOC. IGUATEMI /PR")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149317", "12380")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149317", " TRANSB. VT10 BI TANDEM SN, ANO 2011, FR30050, LOC. IGUATEMI /PR")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149315", "12381")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149315", " TRANSB. VT10 BI TANDEM SN, ANO 2011, FR30051, LOC. IGUATEMI /PR")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149330", "13126")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149330", " TRANSB. VT10 BI TANDEM SN, ANO 2011, FR30049, LOC. IGUATEMI /PR")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149324", "13128")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149324", " TRANSB. VT10 BI TANDEM SN, ANO 2011, FR30052, LOC. IGUATEMI /PR")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149336", "13461")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149336", " VW NOVA SAVEIRO RB MBVS, ANO 2018/2019, BRANCA. - FR12010010. - LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149343", "13462")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149343", " VW NOVA SAVEIRO RB MBVS, ANO 2018/2019, BRANCA. - FR12010027. - LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149346", "13464")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149346", "VW/ GOL 1.0L MC4, ANO 2018/2019, BRANCA,  FR12030008, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149349", "13482")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149349", " VW NOVA SAVEIRO RB MBVS, ANO 2018/2019, BRANCA,  FR12010009,  LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149361", "13483")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149361", "  TRATOR VALTRA BH 185 I 4X4, ANO 2010, FR1843, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>99</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>146.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149381", "13487")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149381", " TRATOR VALTRA BH 180 4X4, ANO 2003, FR 2787, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149397", "13488")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149397", " TRATOR VALTRA BM 100 S 4X4, ANO 2004, FR 2838, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>107.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149368", "13492")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149368", " TRATOR VALTRA 1280 PCR 4X4, ANO 2006, FR 2907, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>107.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149384", "13495")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149384", "  COLHEDORA 3522, 566 JD  , ANO 2011, FR 2967, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149394", "13496")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149394", " CAMINHÃO MERCEDES BENZ/710, ANO 2004/2004, BRANCA,  FR2078, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>68.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149419", "13497")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149419", " MOTONIVELADORA CAT 140K, ANO 2011. - FR. 2736. - LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>302.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149420", "16108")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149420", " COLHEDORA 3522 JD, ANO 2011, FR 2969, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149389", "16112")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149389", " COLHEDORA 3522 JD , ANO 2011, FR 2965, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149378", "16113")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149378", " COLHEDORA 3522 JD , ANO 2010, FR 2959, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149382", "16114")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149382", " COLHEDORA 3522 JD , ANO 2011, FR2968, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149427", "16115")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149427", " TRATOR VALTRA BH 180 4X4, ANO 2003, FR 2817, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>76.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149390", "16116")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149390", " COLHEDORA 3522 JD , ANO 2011, FR2966, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149366", "16118")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149366", " TRANSBORDO SANTAL, ANO 2013, FR15220314, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149403", "16119")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149403", " TRANSBORDO SANTAL, ANO 2012, FR15220298, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149341", "16120")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149341", " TRANSBORDO USICAMP, ANO 2008, FR30891, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149326", "16121")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149326", " TRANSBORDO USICAMP, ANO 2008, FR30888, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149319", "16122")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149319", " TRANSBORDO USICAMP, ANO 2008, FR30916, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149375", "16123")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149375", "  TRANSB. TCP-US-752700 319 US, ANO 2008, FR30889, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149386", "16124")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149386", " GRADE PESADA, ANO 2005, FR15140036, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149401", "16125")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149401", " CULTIVADOR 1 LINHA, ANO 2011, FR15100060, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149335", "16128")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149335", " COBRIDOR DE CANA 2 LINHAS, ANO 2007, FR31015, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149377", "16131")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149377", " CULTIVADOR CHC-SERIE: 11925, ANO 2007, FR31133, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149354", "16133")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149354", " CALCAREADEIRA 86 MM, ANO 2005, FR31120, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149392", "16136")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149392", " SUBSOLADORES 121 MD, ANO 1999, FR31099, LOC. PARANACITY/PR")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149413", "21001")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149413", " PRANCHA 2 EIXOS USICAMP SRCTUS, ANO 2005/2005, AMARELA, FR16050037, LOC. RONDON /PR")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149400", "21002")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149400", " SEMI REBOQUE/GOTTI  SRB3 088 , ANO 2001/2001, BRANCA , FR16080015, LOC. RONDON /PR")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149433", "21003")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149433", "REBOQUE USICAMP RCI E1E1 8200, ANO 2008/2008, BRANCA , FR7439, LOC. RONDON /PR")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149383", "21005")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149383", " REBOQUE CANA PICADA USICAMP RCI E1E1 8200,  ANO 2002/2002, AZUL, FR3458 , LOC. RONDON /PR")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149425", "21006")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149425", " CAMINHÃO MERCEDES BENZ 2423K, ANO 2007/2008, BRANCA, FR8269, LOC. RONDON /PR")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>107.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149395", "21008")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149395", "CAMINHÃO MERCEDES BENZ 1315 ATEGO, ANO 2006/2006, BRANCO. - FR.7862 - LOC. RONDON /PR")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>89.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149374", "21009")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149374", "TRATOR CASE MXM 180, ANO 2008, FR8014 , LOC. RONDON /PR")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>71.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149416", "21010")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149416", "TRATOR VALTRA BH 185I, ANO 2008, FR13090157, LOC. RONDON /PR")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>75</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>137.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149417", "21011")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149417", "CAMINHÃO OFICINA MERCEDES BENZ 915C, ANO 2010/2011, BRANCO. - FR11110064. - LOC. RONDON /PR")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149379", "21256")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149379", " TRANSB. VT10 BI TANDEM SN , ANO 2007, FR15220565, LOC.CIDADE GAUCHA / PR ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149399", "21257")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149399", " TRANSB. VT10 BI TANDEM SN , ANO 2007, FR31415, LOC.CIDADE GAUCHA / PR ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149396", "21258")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149396", " SEMI-REBOQUE CANA PICADA USICAMP SRCP E2 10000, ANO 2005/2005, AMARELA. - FR8346 - LOC.CIDADE GAUCHA / PR ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149408", "21259")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149408", " REBOQUE/FNV FRUEHAUF RCR,  ANO 1992/1992, AMARELA,  FR8366, LOC.CIDADE GAUCHA / PR ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149371", "21260")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149371", "REBOQUE FNV-FRUEHAUF RCR (CANAV.), ANO 1993/1993, AMARELO. - FR8315, LOC.CIDADE GAUCHA / PR ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149426", "21262")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149426", " TRANSB. TCP-US-752700 US, ANO 2007, FR30471, LOC.CIDADE GAUCHA / PR ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149308", "21263")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149308", " REBOQUE TECTRAN RC F1F1, ANO 1998/1998, LARANJA. - LOC. CIDADE GAUCHA / PR ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149380", "22145")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149380", " CABINE VOLVO FM13 440 6X4, ANO 2008, FR7304, LOC.CIDADE GAUCHA / PR ")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149288", "22150")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149288", " CAMINHÃO VOLVO VM 260 6X4R, ANO 2011/2011, BRANCO. - FR4361. ( OBS. CARR. TRANSBORDO NÃO FAZ PARTE DO LOTE ) - LOC. IVATÉ/ PR ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149302", "22151")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149302", " CAMINHÃO VOLVO FM12 380 6X4 R, ANO 2003/2003, BRANCO. - FR4311. - LOC. IVATÉ/ PR ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>68.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149332", "22166")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149332", " MD AIVECAS, ANO 2006, FR31544, LOC. IVATE/ PR")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149306", "22170")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149306", " TRATOR JOHN DEERE 7225 J, ANO 2011, FR4838, LOC. IVATÉ/ PR ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>81.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149350", "22171")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149350", " CAMINHÃO VOLVO FM 440 6X4R, ANO 2006/2007, BRANCO. - FR 4330,  LOC. IVATE/ PR")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149363", "22174")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149363", " TRANSB. VT10 BI TANDEM SN, ANO 2012, FR31569, LOC. IVATE/ PR")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149372", "22177")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149372", " TRANSB. VT10 BI TANDEM SN , ANO 2010, FR31543, LOC. IVATE/ PR")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149338", "22179")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149338", " CAMINHÃO VOLVO VM 260 6X4R, ANO 2011/2011, BRANCO. - FR 4354 - LOC. IVATE/ PR")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>102.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149340", "22180")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149340", " VW NOVA SAVEIRO RB MBVS, ANO 2018/2019, BRANCA. - FR3026 - LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149301", "23068")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149301", " TRATOR VALTRA BH 180 4X4, ANO 2002, FR4785, LOC. IVATÉ/ PR ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>136.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149357", "23069")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149357", " VW NOVO GOL 1.0, ANO 2014/2014, BRANCO. - FR12030020 - LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149391", "23070")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149391", " FIAT PALIO FIRE WAY, ANO 2017/2017, BRANCO. - FR8854, LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149352", "23072")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149352", " VW GOL 1.0L MC4, ANO 2018/2019, BRANCO. - FR12030030 - LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149359", "23073")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149359", " VW NOVA SAVEIRO RB MBVS, ANO 2018/2019, BRANCA. - FR12010040. - LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149358", "23074")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149358", " VW NOVA SAVEIRO RB MBVS, ANO 2018/2019, BRANCA. - FR12010028. - LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149331", "23075")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149331", "ÔNIBUS MERCEDES BENZ/ BUSSCAR ECOSS U , ANO 2007/2008, AZUL ,  FR19847, LOC. UMUARAMA /PR")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149318", "23076")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149318", "REBOQUE USICAMP RCI E2E2 1180,  ANO 2009/2009, AMARELA , FR19520, LOC. UMUARAMA ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>45.500,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149311", "23077")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149311", " REBOQUE CANA PICADA USICAMP RCI E1E1 8200, ANO 2007/2007, BRANCA, FR19457, LOC. UMUARAMA ")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149320", "23081")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149320", " COLHEDORA JD 3520, ANO 2009, FR19169, LOC. UMUARAMA ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149316", "23082")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149316", " ÔNIBUS VOLVO/B58 4X2, ANO 1997/1997, AZUL , FR19842, LOC. UMUARAMA /PR")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149300", "23084")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149300", " CAMINHÃO MERCEDES BENZ /L 2216, ANO 1985/1986, AZUL,  FR18228, LOC. TAPEJARA/PR")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149348", "23086")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149348", " DISTR. MUDA USICAMP,  CRT BASC. , ANO 2017, FR31162, LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149334", "23087")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149334", " DISTR. MUDA USICAMP,  CRT BASC., ANO 2016, FR31227, LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149279", "23090")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149279", " CAMINHÃO MERCEDES BENZ/2726 K 6X4, ANO 2010/2010, BRANCA , FR4204, LOC. TAPEJARA/ PR")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>143</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>189.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149297", "23091")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149297", " CAMINHÃO MERCEDES BENZ/AXOR 3344 GERM, ANO 2009/2009, BRANCA, FR19554, LOC. TAPEJARA/ PR")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>74.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149321", "23092")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149321", " CAMINHÃO VOLVO FM12 380 6X4 R ATDL, ANO 2003/2003, BRANCA,  FR18327, LOC. TAPEJARA/PR")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>62.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149303", "23093")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149303", "CAMINHÃO SCÂNIA/P124CB 6X4 NZ 420, ANO 2007/2007, BRANCA, FR18270, LOC. TAPEJARA/PR")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>97.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149339", "24002")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149339", "VW/ NOVA SAVEIRO RB MBVS, ANO 2018/2019, BRANCA, FR12010046, LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149360", "24004")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149360", "CHEVROLET/S10 LTZ FD2, ANO 2015/2015, BRANCA, FR12030062, LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>73.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149276", "24005")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149276", " VW / NOVO GOL 1.6 CITY, ANO 2013/2013, BRANCA,  FR3000, LOC. TAPEJARA/ PR")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149307", "24006")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149307", " FIAT STRADA WORKING, ANO 2015/2015, BRANCA,  FR18147, LOC. TAPEJARA/PR")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149262", "24007")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149262", " CAMINHÃO MERCEDES BENZ/ AXOR 3344 GERM, ANO 2009/2009, BRANCA,M LOC. TAPEJARA /PR ")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>93.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149329", "24029")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149329", "CAMINHÃO MERCEDES BENZ 2423 B, ANO 2002/2002, BRANCA,  FR19052, LOC. UMUARAMA ")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>134.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149304", "24030")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149304", " COLHEDORA JD 3522, ANO 2011, FR 3958, LOC. IVATÉ/ PR ")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149285", "24031")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149285", " REBOQUE FNV- FRUEHAULF RCR (CANAV.), ANO 1993/1993, AMARELA, FR4433, LOC. IVATÉ/ PR ")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149277", "24032")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149277", "REBOQUE CANA PICADA USICAMP RCIE1E1 8200, ANO 2007/2007, AMARELA,  FR4453, LOC. IVATÉ/ PR ")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149286", "30200")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149286", "CAMINHÃO VOLVO FM12 380 6X4 R, ANO 2002/2002, BRANCA,  FR3307, LOC. TAPEJARA/PR")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149432", "30201")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149432", " TRATOR AGRICOLA VALMET MOD/BM100 S 4X4 ETSP, ANO 2003, FR3782,  MOTOR 420DSN80657, MONT BM10DH02140- LOC. TAPEJARA/PR")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>79.000,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149421", "30202")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149421", " TRATOR NEW HOLLAND TL95E 4X4, ANO 2006, FR18521, LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149415", "30205")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149415", " TRATOR AGRICOLA VALTRA MOD/BH180 4X4 HIFLOW, ANO 2007, FR3756, LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
         <is>
           <t>91.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...112 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149328", "30207")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149328", "REBOQUE USICAMP RCI E2E2 1180,  ANO 2009/2009, AMARELA, FR19504, LOC. UMUARAMA ")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149269", "30208")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149269", " TRATOR VALTRA BH 180  4X4, ANO 2007, FR3757 , LOC. TAPEJARA/ PR")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>84.000,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149387", "30209")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149387", " COLHEDORA JD 3522, ANO 2013, FR3969, LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149344", "30212")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149344", " COLHEDORA JD 3522, ANO 2015, FR3946, LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149362", "30214")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149362", " COLHEDORA JD  3522, ANO 2015, FR3947, LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149398", "30215")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149398", " COLHEDORA 3522 JD, ANO 2013, FR3970, LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149342", "30217")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149342", "TRATOR VALTRA 1280 PCR 4X4, ANO 2006, FR3908, LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>92.000,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149289", "30218")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149289", "REBOQUE CANA PICADA USICAMP RCI E1E1 8200,  ANO 2010/2010, AZUL, FR3634, LOC. TAPEJARA/ PR")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149278", "30219")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149278", "REBOQUE CANA PICADA USICAMP RCI E1E1 8200, ANO 2006/2006, AZUL,  FR3525, LOC. TAPEJARA/ PR")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149270", "30220")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149270", "REBOQUE CANA PICADA USICAMP RCI E1E1 8200, AZUL,  ANO 2003/2003, AZUL,  FR3483, LOC. TAPEJARA/ PR")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149267", "30221")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149267", "REBOQUE CANA PICADA USICAMP RCI E1E1 8200,  ANO 2003/ 2003, AZUL,  FR3481, LOC. TAPEJARA/ PR")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149298", "30222")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149298", "  REBOQUE CANA PICADA USICAMP RCI E1E1 8200, ANO 2003/2003, AZUL , FR3472, LOC. TAPEJARA/ PR")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149351", "30224")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149351", " TRANSB. TCP-US-752700 US, ANO 2009, FR31266, LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...63 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149355", "30225")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149355", " TRANSB. TCP-US-752700 US, ANO 2009, FR31262, LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149333", "30226")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149333", " TRANSB. TCP-US-752700 US, ANO 2009, FR31261, LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149327", "30227")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149327", " TRANSB. TCP-US-752700 US, ANO 2009, FR31265, LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149322", "30228")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149322", " TRANSB. VT10 BI TANDEM SN , ANO 2011, FR660, LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149292", "30230")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149292", " REBOQUE TECTRAN RC F1F1, ANO 1998/1998, AZUL. - FR3437, LOC. TAPEJARA/ PR")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149287", "30231")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149287", " REBOQUE TECTRAN RC F1F1, ANO 1998/1998, AZUL. - FR3420, LOC. TAPEJARA/ PR")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149272", "30232")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149272", " REBOQUE TECTRAN RC F1F1, ANO 1997/1997, AZUL. - FR3439 - LOC. TAPEJARA/ PR")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149299", "30233")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149299", " REBOQUE TECTRAN RC F1F1, ANO 1998/1998, AZUL. - FR3424, LOC. TAPEJARA/ PR")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149295", "30234")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149295", " REBOQUE TECTRAN RC F1F1, ANO 1997/1997, AZUL. - FR3443. - LOC. TAPEJARA/ PR")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149284", "30235")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149284", " REBOQUE TECTRAN RC F1F1, ANO 1997/1997, AZUL - FR3441 - LOC. TAPEJARA/ PR")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149365", "30236")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149365", " COLHEDORA JD 3522, ANO 2013, FR3971, LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149283", "30237")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149283", "REBOQUE CANA PICADA USICAMP RCI E1E1 8200, ANO 2010/2010, AZUL. - FR3639 - LOC. TAPEJARA/ PR")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149296", "30238")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149296", "REBOQUE CANA PICADA USICAMP RCI E1E1 8200, ANO 2010/2010, AZUL. - FR3638 - LOC. TAPEJARA/ PR")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149373", "30239")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149373", "REBOQUE CANA PICADA USICAMP RCI E1E1 8200, ANO 2003/2003, AZUL. -  LOC. TAPEJARA/PR ")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...2005 lines deleted...]
-      <c r="D80" s="4" t="inlineStr">
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149266", "30240")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149266", "REBOQUE CANA PICADA USICAMP ECI E1E1, ANO 2010/2010, AZUL. - FR. 3633 - LOC. TAPEJARA/ PR")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E80" s="5" t="inlineStr">
-[...735 lines deleted...]
-      <c r="E103" s="5" t="inlineStr">
+      <c r="E165" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
-      <c r="F103" s="4" t="inlineStr">
-[...1982 lines deleted...]
-      </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149275", "30241")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149275", "REBOQUE CANA PICADA USICAMP RCI E1E1, ANO 2006/2006, AZUL. - FR. 3526 - LOC. TAPEJARA/ PR")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>