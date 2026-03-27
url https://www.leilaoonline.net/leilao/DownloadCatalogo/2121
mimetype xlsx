--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,4059 +269,3555 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149675", "494")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149675", " 293253-9 -ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149669", "495")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149669", " 292435-8- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP         ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149674", "496")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149674", " 292706-3- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP  ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149665", "497")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149665", " 292433-1- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP               ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149668", "498")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149668", " 293252-1 -ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149667", "499")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149667", " 292436-6- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                 ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149666", "506")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149666", " 272487-1- COBALT 1.8 LTZ CHEVROLET, ANO 2014/2015, LOC. SÃO PAULO/SP       ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>32.600,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149673", "507")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149673", " 273032-4- COBALT 1.8 LTZ CHEVROLET, ANO 2014/2015, LOC. SÃO PAULO/SP        ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>32.850,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150184", "512")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150184", " 10 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150186", "551")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150186", " 12 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.560,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150188", "627")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150188", " 10 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150185", "646")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150185", " 12 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.560,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149671", "783")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149671", " 263293-4- FIESTA 1.6 FLEX SEDAN, ANO 2013/2014, LOC. SÃO PAULO/SP            ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>24.100,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149672", "784")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149672", " 265642-6- FIESTA 1.6 FLEX SEDAN, ANO 2014/2014, LOC. SÃO PAULO/SP      ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>24.100,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149670", "785")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149670", " 272488-0- COBALT 1.8 LTZ CHEVROLET, ANO 2014/2015, LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>32.850,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149686", "787")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149686", " 292430-7- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP          ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149680", "788")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149680", " 292707-1- ETIOS 1.5 XS HATCH, ANO 2016/2017, LOC. SÃO PAULO/SP                  ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>37.900,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149676", "789")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149676", " 292708-0- ETIOS 1.5 XS HATCH, ANO 2016/2017, LOC. SÃO PAULO/SP     ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>37.900,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149682", "790")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149682", " 293250-4- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                 ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149679", "793")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149679", "  277924-2-AZERA 3.0 HYUNDAI GASOLINA, ANO 2014/2015, LOC. SÃO PAULO/SP        ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150181", "795")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150181", "14 POLTRONA GIRATÓRIA GIROFLEX COM BRAÇO F8L76S6W01 - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.820,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150182", "796")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150182", "16 POLTRONA GIRATÓRIA GIROFLEX COM BRAÇO F8L76S6W01 - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.080,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150183", "797")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150183", "17 POLTRONA GIRATÓRIA GIROFLEX COM BRAÇO F8L76S6W01 - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.210,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149684", "840")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149684", " 292427-7- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP          ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149677", "841")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149677", " 292431-5- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                  ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149685", "842")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149685", " 292428-5- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                      ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149678", "843")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149678", " 293249-1- ETIOS 1.5 XS SEDAN, ANO 2016/2017,LOC. SÃO PAULO/SP  ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149681", "845")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149681", " 292429-3- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP              ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149683", "846")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149683", " 292432-3- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP              ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150187", "2052")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150187", " 10 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150180", "2053")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150180", " 12 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.560,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150179", "2058")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150179", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150176", "2059")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150176", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150177", "2060")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150177", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150175", "2061")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150175", " 21 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>2.730,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149687", "2074")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149687", " 293248-2- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP  ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150178", "4181")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150178", " 15 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150522", "4184")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150522", "APARELHO P/EXER. CADEIRA EXTENSORA JOHNSON, FCBM: 204821-3. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>5.850,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150459", "17398")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150459", "02 SENSORES, 01 TELA , 01 APPLIANCE, 01 WEBCAM, 01 RACK DUPLO, ( OBS. VEJA ABAIXO ESPECIFICAÇÕES DO LOTE) , LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>2.870,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150465", "17399")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150465", "CILINDRO DE MESA G.PANIZ CL-300SL, LOC. SÃO PAULO/ SP")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149742", "17400")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149742", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204564-8. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>1.930,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149727", "17401")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149727", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204548-6. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.880,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149705", "17402")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149705", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204547-8. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.830,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149731", "17403")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149731", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204558-3. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.830,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149713", "17404")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149713", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204550-8. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1.780,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149733", "17405")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149733", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204557-5. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.080,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149716", "17406")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149716", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204555-9. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.830,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149729", "17407")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149729", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204759-4. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>1.930,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149741", "17408")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149741", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204563-0. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.030,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149709", "17409")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149709", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204554-1. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>2.030,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149708", "17410")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149708", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204549-4. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.980,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149710", "17411")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149710", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204553-2. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.030,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149720", "17412")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149720", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204552-4. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>2.130,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149704", "17413")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149704", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204758-6. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.930,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149702", "17414")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149702", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204551-6. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>2.180,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149734", "17415")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149734", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204562-1. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>2.130,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149698", "17416")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149698", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204559-1. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>2.130,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149693", "17417")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149693", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204556-7. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>2.030,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149736", "17418")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149736", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204560-5. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>2.030,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149735", "17419")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149735", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204561-3. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>2.130,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149696", "17420")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149696", " BICICLETA INDOOR JOHNSON P8000, FCBM: 265696-5 . - LOC. SÃO PAULO/SP                    ")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>1.960,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149715", "17421")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149715", " BICICLETA INDOOR JOHNSON P8000, FCBM: 265692-2. - LOC. SÃO PAULO/SP                    ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>1.860,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149697", "17422")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149697", " BICICLETA INDOOR JOHNSON P8000, FCBM:  265697-3 . - LOC. SÃO PAULO/SP                    ")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>1.860,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149701", "17423")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149701", " BICICLETA INDOOR JOHNSON P8000, FCBM: 265691-4. - LOC. SÃO PAULO/SP                    ")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>1.710,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149740", "17424")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149740", " BICICLETA INDOOR JOHNSON P8000, FCBM: 265695-7. - LOC. SÃO PAULO/SP                    ")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>1.760,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149699", "17425")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149699", " BICICLETA INDOOR JOHNSON P8000, FCBM: 265690-6. - LOC. SÃO PAULO/SP                    ")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>1.660,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149706", "17426")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149706", " BICICLETA INDOOR JOHNSON P8000, FCBM: 265699-0. - LOC. SÃO PAULO/SP                    ")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>1.660,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149703", "17427")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149703", " BICICLETA INDOOR JOHNSON P8000, FCBM:265698-1 . - LOC. SÃO PAULO/SP                    ")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>1.560,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149700", "17428")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149700", " BICICLETA INDOOR JOHNSON P8000, FCBM: 265693-1. - LOC. SÃO PAULO/SP                    ")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>1.660,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149737", "17429")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149737", " BICICLETA INDOOR JOHNSON P8000, FCBM: 265689-2. - LOC. SÃO PAULO/SP                    ")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>1.660,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149695", "17430")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149695", " BICICLETA INDOOR JOHNSON P8000, FCBM: 265694-9. - LOC. SÃO PAULO/SP                    ")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>1.660,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149739", "17432")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149739", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM: 204537-1. - LOC. SÃO PAULO/SP       ")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>6.050,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149691", "17433")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149691", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM: 204530-3. - LOC. SÃO PAULO/SP       ")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>6.100,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149718", "17434")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149718", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM: 204531-1. - LOC. SÃO PAULO/SP       ")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>5.400,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149712", "17435")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149712", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM: 204536-2. - LOC. SÃO PAULO/SP       ")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149707", "17436")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149707", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM: 204533-8. - LOC. SÃO PAULO/SP       ")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>5.050,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149721", "17437")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149721", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM: 204535-4. - LOC. SÃO PAULO/SP       ")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>6.100,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149730", "17438")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149730", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM: 204538-9. - LOC. SÃO PAULO/SP       ")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>6.550,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149722", "17439")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149722", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM: 204539-7. - LOC. SÃO PAULO/SP       ")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>6.850,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149717", "17440")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149717", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM: 204532-0. - LOC. SÃO PAULO/SP       ")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>6.550,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149694", "17441")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149694", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM: 204534-6. - LOC. SÃO PAULO/SP       ")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>6.450,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149728", "17442")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149728", " APARELHO P/EX ELIPTICO LIFE FITNESS 95XI, FCBM: 204543-5. - LOC. SÃO PAULO/SP            ")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>3.150,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149723", "17443")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149723", " APARELHO P/EX ELIPTICO LIFE FITNESS 95XI, FCBM:  204540-1 . - LOC. SÃO PAULO/SP            ")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>2.650,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149725", "17444")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149725", " APARELHO P/EX ELIPTICO LIFE FITNESS 95XI, FCBM: 204541-9. - LOC. SÃO PAULO/SP            ")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>3.450,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149732", "17445")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149732", " APARELHO P/EX ELIPTICO LIFE FITNESS 95XI, FCBM: 204542-7. - LOC. SÃO PAULO/SP            ")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>4.350,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149745", "17446")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149745", "APARELHO P/EXER.SEATED LEG PRESS JOHNSON, FCBM: 204762-4. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149719", "17447")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149719", " APARELHO P/EXEC.CADEIRA FLEXORA JOHNSON, FCBM: 204820-5. - LOC. SÃO PAULO/SP          ")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>5.050,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149711", "17448")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149711", " BANCO SUPINO SENTADO HAMMER MTSCP, FCBM:  204529-0 . - LOC. SÃO PAULO/SP          ")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>14.550,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149738", "17449")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149738", " APARELHO P/EX REMADA LIFE FITNESS CMRW, FCBM: 204546-0. - LOC. SÃO PAULO/SP           ")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>9.050,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149726", "17451")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149726", " APARELHO P/EXERC.ROTATORIOS LIFE GBJ, FCBM: 205693-3. - LOC. SÃO PAULO/SP                  ")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>1.770,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149714", "17452")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149714", " APARELHO P/EXERC.ELEV-INVER LIFE GBCT, FCBM: 205695-0. - LOC. SÃO PAULO/SP             ")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149743", "17453")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149743", " APARELHO P/EXERC.ELEV-INVER LIFE GBCI, FCBM: 205694-1. - LOC. SÃO PAULO/SP                  ")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>1.890,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149692", "17455")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149692", " APARELHO P/EXEC.CADEIRA ABDUTORA MATRIX, FCBM: 204761-6 . - LOC. SÃO PAULO/SP             ")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>9.800,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149724", "17456")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149724", " APARELHO P/EXE.CADEIRA ADUTORA MATRIX, FCBM: 204760-8 . - LOC. SÃO PAULO/SP             ")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>9.900,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150428", "18000")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150428", "05 MONITORES CRISTAL LIQUIDO 18.5" AOC 940SWA , LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>375,78</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150429", "18001")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150429", "05 MONITORES CRISTAL LIQUIDO 18.5" AOC 940SWA , LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>378,75</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150430", "18002")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150430", "05 MICROCOMPUTADORES DELL CORE I7 7010 3.4GHZ, LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>3.017,50</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150431", "18003")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150431", "05 MICROCOMPUTADORES DELL CORE I7 7010 3.4GHZ, LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150432", "18004")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150432", "05 MICROCOMPUTADORES DELL CORE I7 7010 3.4GHZ, LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>2.867,50</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150433", "18005")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150433", "04 MICROCOMPUTADORES DELL CORE I7 7010 3.4GHZ, LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>2.594,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150434", "18006")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150434", "10 LEITORES COMPEX OMNIDIRECIONAL Z-6010, LOC.SÃO PAULO/SP     ")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>214,50</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150435", "18007")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150435", "10 LEITORES COMPEX OMNIDIRECIONAL Z-6010, LOC. SÃO PAULO / SP         ")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>214,50</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150436", "18008")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150436", "05 TERMINAIS DE CONSULTA GERTEC TC506 , SÃO PAULO / SP ")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>447,25</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150437", "18009")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150437", "10 LEITORES OTICO COD BARRAS METROLOGICMK7180, LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>614,50</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150438", "18010")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150438", "10 LEITORES OTICO COD BARRAS METROLOGICMK7180, LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>614,50</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150439", "18011")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150439", "10 LEITORES OTICO COD BARRAS METROLOGICMK7180, LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>614,50</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150440", "18012")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150440", "10 LEITORES OTICO COD BARRAS METROLOGICMK7180, LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>714,50</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150441", "18013")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150441", "10 LEITORES OTICO COD BARRAS METROLOGICMK7180, LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>614,50</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150442", "18014")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150442", "10 LEITORES OTICO COD BARRAS METROLOGICMK7180, LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>614,50</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150443", "18015")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150443", "10 LEITORES OTICO COD BARRAS METROLOGICMK7180, LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>514,50</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150444", "18016")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150444", "08 LEITORES OTICO COD BARRAS METROLOGICMK7180, LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>471,60</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150445", "18017")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150445", "05 TERMINAIS DE CONSULTA GERTEC TC506 , LOC. SÃO PAULO / SP ")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>807,25</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150446", "18018")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150446", "05 TERMINAIS DE CONSULTA GERTEC TC506 , LOC. SÃO PAULO / SP ")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>807,25</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150447", "18019")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150447", "05 TERMINAIS DE CONSULTA GERTEC TC506, LOC. SÃO PAULO / SP ")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>807,25</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150448", "18020")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150448", "05 TERMINAIS DE CONSULTA GERTEC TC506 , LOC. SÃO PAULO / SP ")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>757,25</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150449", "18021")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150449", "05 TERMINAIS DE CONSULTA GERTEC TC506 , LOC. SÃO PAULO / SP ")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>807,25</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150451", "18023")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150451", "05 MICROCOMPUTADORES DELL CORE I5 2400 3.1GHZ,LOC. SÃO PAULO/ SP")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>1.667,50</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150452", "18024")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150452", "05 MICROCOMPUTADORES DELL CORE I5 2400 3.1GHZ,LOC. SÃO PAULO/ SP")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>1.517,50</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150453", "18025")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150453", "04 MICROCOMPUTADORES DELL CORE I5 2400 3.1GHZ,LOC. SÃO PAULO/ SP")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>1.694,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150454", "18026")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150454", "05 MICROCOMPUTADORES DATEN CORE I5 3470 3.2GH ,LOC. SÃO PAULO/ SP")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>1.217,50</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150455", "18027")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150455", "05 MICROCOMPUTADORES DATEN CORE I5 3470 3.2GH ,LOC. SÃO PAULO/ SP")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>1.067,50</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150456", "18028")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150456", "05 MICROCOMPUTADORES DATEN CORE I5 3470 3.2GH ,LOC. SÃO PAULO/ SP")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>1.217,50</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150457", "18029")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150457", "05 MICROCOMPUTADORES DATEN CORE I5 3470 3.2GH ,LOC. SÃO PAULO/ SP")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>1.217,50</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150458", "18030")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150458", "03 MICROCOMPUTADORES DATEN CORE I5 3470 3.2GH ,LOC. SÃO PAULO/ SP")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>875,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150466", "18033")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150466", "SUCATAS DE CABOS E FERRAGENS - PESO APROXIMADAMENTE 2.062 KG, LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>20.104,50</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150174", "20552")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150174", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>