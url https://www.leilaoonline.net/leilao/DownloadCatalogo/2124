--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149879", "798")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149879", " TRATOR AGRÍCOLA VALMET 1280R 4X4, ANO 1995. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>93.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149877", "799")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149877", "CAMINHÃO M. BENZ/AXOR 3344S 6X4,  ANO 2009/2009. BRANCA - LOC. SERRANA/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>117.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149887", "800")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149887", "CAMINHÃO M. BENZ/AXOR 3344S 6X4,  ANO 2009/2009. BRANCA - LOC. SERRANA/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149884", "801")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149884", " TRATOR AGRÍCOLA CASE PUMA 215, ANO 2017. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>103</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>173.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149886", "802")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149886", " TRATOR AGRÍCOLA CASE PUMA 215, ANO 2017. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>169.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149876", "803")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149876", " TRATOR PULVERIZADOR JACTO UNIPORT 3000/24 4X4, ANO 2010. -  LOC. SERRANA/SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>261.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149882", "804")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149882", " TRATOR AGRÍCOLA CASE PUMA 215, ANO 2017. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>114</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>185.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149880", "805")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149880", " TRATOR AGRÍCOLA CASE PUMA 225, ANO 2016. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>127</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>194.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149878", "806")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149878", "CAMINHÃO M. BENZ/LS 2635 6X4, ANO 1995/1995. BRANCA - LOC. SERRANA/SP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>78.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149888", "807")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149888", " CAMINHÃO M. BENZ/L 2635  6X4, ANO 1995/1995. BRANCA - LOC. SERRANA/SP")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>78.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149883", "808")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149883", "CAMINHÃO M. BENZ/AXOR 3344 S 6X4,  ANO 2009/2009. BRANCA,  - LOC. SERRANA/SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>108.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149874", "809")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149874", "CAMINHÃO M. BENZ/AXOR 3344 S 6X4,  ANO 2009/2009. BRANCA, - LOC. SERRANA/SP")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>115.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149873", "810")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149873", " CAMINHÃO M. BENZ/AXOR 3344 S 6X4,  ANO 2009/2009., BRANCA - LOC. SERRANA/SP")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>118.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149885", "811")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149885", " CAMINHÃO VW /26.260 CNM 6X4,  ANO 2011/2011. BRANCA  - LOC. SERRANA/SP")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>78</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>105.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149875", "812")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149875", "CAMINHÃO M. BENZ/AXOR 2831 6X4, ANO 2007/2008. BRANCA - LOC. SERRANA/SP")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>84</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149872", "813")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149872", " TRATOR AGRÍCOLA CASE PUMA 225, ANO 2015. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>192.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149881", "814")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/149881", " TRATOR AGRÍCOLA CASE PUMA 215, ANO 2017. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>176.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>