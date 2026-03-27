--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,2043 +269,1791 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150030", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150030", " 1 - Trocador de Calor - EUROCAL 82 - 80 placas - Placas em aço inoxidável AISI316")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150036", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150036", " 1- Trocador de Calor – GFP 097 - 36 placas - Placas em aço inoxidável AISI316")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150031", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150031", " 1- Trocador de Calor – R86 - 119 placas - Placas em aço inoxidável AISI316 ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150032", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150032", " 1 - Trocador de Calor – M10M - 70 placas - Placas em aço inoxidável AISI316 ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150048", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150048", " 1 - Trocador de Calor – SR37 - 44 placas - Placas em aço inoxidável AISI316 ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150029", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150029", " 1 - Trocador de Calor – Modelo não identificado - 73 placas - Placas em aço inoxidável ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150041", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150041", " 1 - Trocador de Calor – HBX6 - 11 placas - Placas em aço inoxidável AISI316 ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150035", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150035", " 1 - Trocador de Calor – EUROCAL 40 - 61 placas - Quantidade Placas: 61 ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150046", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150046", " 1 - Trocador de Calor – HMBR - 58 placas - Placas em aço inoxidável AISI316 ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150045", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150045", " 1 - Trocador de Calor – VT40 - 60 placas - Placas em aço inoxidável AISI316 ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150033", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150033", " 1 - Trocador de Calor - A15B - 85 placas - Placas em aço inoxidável AISI316 ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150043", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150043", " 1 - Trocador de Calor – P 25 - 50 placas - Placas em aço inoxidável AISI316 ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150042", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150042", " 1 - Trocador de Calor – SR37 - 44 placas - Placas em aço inoxidável AISI316 ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150038", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150038", " 1 - Trocador de Calor – P25 - 70 placas - Placas em aço inoxidável AISI316 ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150040", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150040", " 1 - Trocador de Calor – P25 - 70 placas - Placas em aço inox ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150039", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150039", " 1 - Trocador de Calor – P25 - 70 placas - Placas em aço inox ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150044", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150044", " 1 - Trocador de Calor – HBL - 25 placas - 25 placas - Placas em inox ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150034", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150034", " 1- Trocador de Calor – HBL - 25 placas - Placas em inox ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150037", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150037", " 1- Trocador de Calor – HBL - 25 placas - Placas em aço inox ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150050", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150050", " Trocador de Calor – HBL - 16 placas - Placas em aço inox ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150047", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150047", " Trocador de Calor – HBL - 16 placas - Placas em aço inox ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150061", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150061", " Trocador de Calor – HBL - 16 placas - Placas em aço inox ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150049", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150049", " Trocador de Calor – HBL - 16 placas - Placas em aço inox ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150052", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150052", " Trocador de Calor – HBL - 16 placas - Placas em aço inox ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150054", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150054", " Trocador de Calor – HBL - 16 placas - Placas em aço inox ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150053", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150053", " Trocador de Calor – HBL - 16 placas - Placas em aço inox ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150051", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150051", " 1 - Trocador de Calor – EU 18 - 27 placas - Placas em aço inox ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150056", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150056", " 1- Trocador de Calor – SR3 - 38 placas - Placas em aço inox ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150059", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150059", " 1 - Trocador de Calor – P31 - 50 placas - Placas em aço inox ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150055", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150055", " 1 - Trocador de Calor – SEM IDENTIFICAÇÃO - 16 placas ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150058", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150058", " 1- Trocador de Calor – LR9G6 e LR9G5 - 22   11 placas - Placas duplas para amônia com valvulas")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150057", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150057", " 1- Trocador de Calor – PBB3 - 22 placas - Estrutura: INOXIL INOX ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150075", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150075", " 1 - Trocador de Calor – SR37 - Placas em aço inox ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150062", "038")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150062", " 1- Trocador de Calor – P25 - 73 placas - Placas em aço inox ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150083", "039")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150083", " 1 - Trocador de Calor – EU 82 - 80 placas - Placas em aço inox ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150073", "042")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150073", " 1 - Trocador de Calor – P22 - 68 placas - Placas em aço inox ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150067", "101")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150067", " 1- Trocador de calor - R405 - 238 placas - Com parafusos de aperto")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150060", "102")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150060", " 1- Trocador de calor - EU 82 - 60 placas - ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150064", "103")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150064", " 1- Trocador de calor - R106 - 45 placas - ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150072", "104")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150072", " 1- Trocador de calor - K71 - 49 placas -")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150076", "105")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150076", " 1- Trocador de calor - R56 - 30 placas -")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150066", "106")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150066", " 1- Trocador de calor - P31 - 50 placas - ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150063", "107")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150063", " 1- Trocador de calor -EU40 - 50 placas - ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150065", "108")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150065", " 1- Trocador de calor -P25 - 54 placas -")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150068", "109")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150068", " 1- Trocador de calor -P25 - 54 placas ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150070", "110")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150070", " 1- Trocador de calor -P25 - 54 placas - ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150084", "111")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150084", " Descrição: Inox no chão")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150078", "112")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150078", " Descrição: SEM IDENTIFICAÇÃO. Quantidade: 30 placas. Estrutura: Aço Carbono.")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150080", "114")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150080", " 1- Trocador de calor -TM10 -   ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150071", "115")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150071", " 1- Trocador de calor -HBL - 40 placas ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150079", "118")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150079", " 1- Trocador de calor -R56 - 43 placas ")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150069", "119")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150069", " 1- Trocador de calor -R56 - 43 placas - ")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150077", "151")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150077", " Aprox. 21 Tambores - (17 de plástico e 5 de ferro)")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150082", "152")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150082", " 2 bombonas plástico")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150085", "153")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150085", " 1 máquina solda ponto")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150081", "154")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150081", " 1 máquina solda ponto")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150074", "155")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150074", " 1 máquina solda ponto")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150088", "202")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150088", " REDUTOR DE VELOCIDADE. Modelo: RSF1. Capacidade: 1,30 cv")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150086", "203")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150086", " 02 MOTORES DE INDUÇÃO TRIFÁSICOS. 60Hz – 0,25 c.v. 1750 RPM")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150087", "205")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150087", " VENTILADOR DE . Bivolt: 127 V /220 V - 1,9 / 0,9 A. 200 / 174 wv")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150089", "213")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150089", " POLICORTE FANKORTE 2 CV. 300 X 2,5 X 19mm")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150090", "215")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150090", " Centrifuga modelo X10 e Centrifuga modelo DX 309  ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150091", "217")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/150091", " Escova automática ")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>