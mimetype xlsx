--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,219 +269,195 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9919", "15076")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9919", "CHEVROLET; CELTA 1.0L LS; PRATA; 2011/2012")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>6.150,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9920", "15077")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9920", "CHEVROLET; CELTA; 1.0L; LS; PRATA; 2011/2012")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>9.150,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9922", "15078")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9922", "FIAT; DUCATO MINIBUS; CINZA; 2013/2014")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9924", "15079")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9924", "VW; AMAROK CD 4X4 S; BRANCA; 2012/2013")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9921", "15080")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9921", "VW; GOL; 1.6; PRATA; 2012/2013")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>16.600,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9923", "15082")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/9923", "VW; AMAROK CD 4X4 S; BRANCA; 2012/2013")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>