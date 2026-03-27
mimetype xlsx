--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152411", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152411", " Carroceria para bebidas. marca Randon")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152410", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152410", " Câmara fria, ideal para projetar almoxarifado ou escritório")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152409", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152409", " Baú conforme fotos")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152413", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152413", " Câmara fria, ideal para projetar almoxarifado ou escritório")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152412", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152412", " Câmara fria, ideal para projetar almoxarifado ou escritório")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152414", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152414", " Câmara fria, ideal para projetar almoxarifado ou escritório")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152416", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152416", " Câmara fria, ideal para projetar almoxarifado ou escritório")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152417", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152417", " Câmara fria, ideal para projetar almoxarifado ou escritório")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152418", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152418", " Câmara fria, ideal para projetar almoxarifado ou escritório")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152415", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152415", " Câmara fria, ideal para projetar almoxarifado ou escritório")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152549", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152549", "Peças eletrônicas para empilhadeiras, manipuladores e guindaste, no estado que se encontra.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152550", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152550", "12 motor 3114 caterpillar, no estado que se encontra.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152781", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152781", "Cilindros e patolas de manipuladores manitou")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152785", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152785", " Comandos hidráulicos, manitou e caterpillar. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152782", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152782", " Transmissão aberta Cat / manitou ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152784", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152784", " Alteradores e motores de partida, Cummins, isuzu, case, Komatsu.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152787", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152787", " Peças diversas para usinagem")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152783", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152783", " Torre de iluminação, necessita de revisão.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152790", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152790", " Cilindros e patolas de manipuladores manitou")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152788", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152788", " Comando final empilhadeira hyster 7tn, no estado que se encontra")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152789", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152789", " Peças de 966 caterpillar")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152796", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152796", " Pneus")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...447 lines deleted...]
-      <c r="F27" s="4" t="inlineStr">
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152786", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152786", " Transmissão Manitou")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-[...84 lines deleted...]
-      <c r="E30" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152795", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152795", " transmissão manitou")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152793", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152793", " transmissão do SD16 shantui")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152794", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152794", " Radiadores diversos das escavadeiras new holland, case, empilhadeiras hister")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152797", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152797", " Peças para usinagem")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
-      <c r="F30" s="4" t="inlineStr">
+      <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...222 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152792", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152792", " Eixos para manipuladores, marca spicer.")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>4.300,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152791", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152791", " Lote contendo diversas peças industriais e de equipamentos caterpillar, case, Komatsu e Kawasaki ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>5.400,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152798", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152798", " Cardan diversos")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.650,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153083", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153083", "[ VÍDEO ] MOTONIVELADORA FIATALLIS FG 140. MOTOR CUMMINS, SEM RADIADOR.")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154141", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154141", "TRATOR SHANTUI COM MOTOR OPERACIONAL.")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154142", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154142", "TRATOR SHANTUI COM MOTOR ABERTO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>