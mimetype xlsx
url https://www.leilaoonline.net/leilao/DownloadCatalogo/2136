--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,219 +269,195 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152207", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152207", " GM/ Chevrolet Ômega Fittipaldi 2011 - 3.6 turbo 400cv - Motor novo - Recuperada de sinistro")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152211", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152211", " VW Passat CC 2010/11 - 3.6 Aspirado 300cv - Recuperada de sinistro ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152210", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152210", " VW Amarok biturbo Diesel 2012 - CD 4x4 SW - 180cv - Motor, bico e bomba novos")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152209", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152209", " Ônibus VW 17.230 - Mascarello Roma - 2011 - Manual - 45 Lugares - Motor novo")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152212", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152212", " Ônibus VW 17.230 - Mascarello Roma - 2011 - Manual - 45 Lugares - Motor novo")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152208", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152208", " Ônibus VW 17.230 - Mascarello Roma R- 2013 - Automático - 49 Lugares - Plataforma cadeirante")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>