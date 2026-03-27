--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,2203 +269,1931 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151249", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151249", "CAMINHÃO FORD CARGO 1717E, ANO 2005/2005, VERMELHA. - LOC. MARINGA/PR")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151241", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151241", " FORD TRANSIT 350L TA, ANO 2009/2010, BRANCA. - LOC. CASCAVÉL/PR")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151242", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151242", " RENAULT KANGOO EXPRESS 1.6, ANO 2011/2011, BRANCA. - LOC. MARINGA/PR")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151244", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151244", " RENAULT KANGOO EXPRESS 1.6, ANO 2011/2011, BRANCA. - LOC. MARINGA/PR")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151243", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151243", " FORD TRANSIT 350L TA, ANO 2011/2011, BRANCA. - LOC. MARINGA/PR")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>53.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151245", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151245", " FORD TRANSIT 350L TA, ANO 2011/2011, BRANCA. - LOC. CASCAVÉL/PR")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>53.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151251", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151251", " FORD TRANSIT 350L CC, ANO 2011/2011, BRANCA. - LOC. MARINGA/PR")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>48.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151246", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151246", "CAMINHÃO FORD CARGO 1617, ANO 1994/1995, VERDE. - LOC. CASCAVÉL/PR")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...233 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151252", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151252", " CAMINHÃO FORD CARGO 1215, ANO 1994/1995, VERMELHO. - LOC. PORTO REAL/RJ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151258", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151258", "CAMINHÃO VOLKSWAGEM 12.140T, ANO 1999/1999, VERMELHA. - LOC. PORTO REAL/RJ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151254", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151254", " HONDA CG 125 KS CARGO, ANO 2010/2010, BRANCA. - LOC. PORTO ALEGRE/RS")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151255", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151255", " HYUNDAI HR HBD, ANO 2013/2014, VERMELHA. - LOC. ANTONIO CARLOS/SC")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151259", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151259", "CAMINHÃO MERECEDES-BENZ/L 1513, ANO 1980/1980, VERMELHA. - LOC. PORTO REAL/RJ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151250", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151250", "CAMINHÃO FORD CARGO 1517 ELETRÔNICO, ANO 2007/2007, VERMELHA. - LOC. CASCÁVEL/PR")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151253", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151253", "CAMINHÃO VOLKSWAGEM 17.180 EURO3 WOERKER, ANO 2007/2007, VERMELHA. - LOC. PORTO REAL/RJ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>94.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151266", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151266", "CAMINHÃO FORD CARGO 1517 ELETRÔNICO, ANO 2006/2007, VERMELHA. - LOC. CASCÁVEL/PR")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151264", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151264", "CAMINHÃO FORD CARGO 1517 ELETRÔNICO, ANO 2006/2007, VERMELHA. - LOC. CASCÁVEL/PR")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151263", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151263", "CAMINHÃO FORD CARGO 1517 ELETRÔNICO, ANO 2007/2007, VERMELHA. - LOC. CASCÁVEL/PR")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151262", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151262", "CAMINHÃO FORD CARGO 1517 ELETRÔNICO, ANO 2007/2007, VERMELHA. - LOC. CASCÁVEL/PR")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151268", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151268", " PALETEIRA MANUAL-PALETRANS-TM2200, ANO 2014. (PAM0168) - LOC. FARROUPILHA/RS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151269", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151269", " PALETEIRA MANUAL-PALETRANS-TM2200, ANO 2014. (PAM0169) - LOC. FARROUPILHA/RS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151281", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151281", " PALETEIRA MANUAL-PALETRANS-TM2200, ANO 2014. (PAM0171) - LOC. FARROUPILHA/RS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151283", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151283", " PALETEIRA MANUAL PALETRANS, ANO 2014. (PAM0444) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151276", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151276", " PALETEIRA MANUAL PALETRANS, ANO 2014. (PAM0445) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151280", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151280", " PALETEIRA MANUAL PALETRANS, ANO 2014. (PAM0446) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151288", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151288", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0500) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151271", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151271", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0501) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151273", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151273", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0502) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151282", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151282", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0503) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151278", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151278", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0504) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151303", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151303", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0505) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151287", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151287", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0507) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151289", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151289", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0508) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151296", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151296", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0509) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...223 lines deleted...]
-      <c r="E25" s="5" t="inlineStr">
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151284", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151284", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0510) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151297", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151297", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0511) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151267", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151267", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0512) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151275", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151275", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0513) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151272", "041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151272", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0515) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151274", "042")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151274", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0516) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151277", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151277", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0517) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151270", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151270", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0518) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151285", "045")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151285", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0519) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151279", "046")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151279", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0520) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151304", "047")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151304", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0521) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151302", "048")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151302", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0522) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151293", "049")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151293", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0523) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151286", "050")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151286", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0524) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151294", "051")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151294", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0525) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151299", "052")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151299", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0527) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151291", "053")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151291", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0528) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151290", "054")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151290", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0529) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151308", "055")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151308", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0530) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151298", "056")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151298", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2017. - (PAM0533) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151305", "057")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151305", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0535) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151292", "058")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151292", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0536) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151306", "059")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151306", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0537) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151301", "060")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151301", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0538) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151307", "061")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151307", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0539) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151300", "062")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151300", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0540) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151295", "063")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151295", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0541) - LOC. ANTÔNIO CARLOS/SC")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151260", "064")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151260", "CAMINHÃO VOLKSWAGEM 17.180 EURO3 WORKER, ANO 2010/2011, VERMELHA. - LOC. ARAÇATUBA/SP")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151265", "065")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151265", "CAMINHÃO VOLKSWAGEM 17.180, ANO 2007/2007, VERMELHA. - LOC. ARAÇATUBA/SP")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
         <is>
           <t>94.000,00</t>
         </is>
       </c>
-      <c r="F25" s="4" t="inlineStr">
-[...1534 lines deleted...]
-      </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151247", "066")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151247", " REBOQUE RANDON SR RB TP, ANO 1995/1995, VERMELHA. - LOC. COSMÓPOLIS/SP")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151248", "067")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151248", " REBOQUE RANDON SR RB TP, ANO 1995/1995, VERMELHA. - LOC. COSMÓPOLIS/SP")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151257", "068")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151257", "CAMINHÃO VOLVO NL10 310 4X2, ANO 1995/1995, BRANCA. - LOC. COSMÓPOLIS/SP")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151256", "069")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151256", "CAMINHÃO VOLVO NL10 310 4X2, ANO 1993/1993, VERMELHA. - LOC. COSMÓPOLIS/SP")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151261", "070")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151261", " KRONE REBOQUE, ANO 1995/1995, VERMELHA. - LOC. COSMÓPOLIS/SP")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>