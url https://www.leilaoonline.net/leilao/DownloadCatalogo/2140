--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1243 +269,1091 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151453", "083")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151453", "veja o vídeo!! FIAT/PALIO FIRE WAY; 2015/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152407", "084")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152407", "veja o vídeo!! VW/POLO HL AD; 2019/2020; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK  - APROX. 43.600KM")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>42.999,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151454", "087")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151454", "HYUNDAI/HB20S 1.6M COMF; 2014/2015; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152260", "092")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152260", "veja o vídeo!! HONDA/FIT LX CVT; 2017/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - APROX. 38.800KM")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>49.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151474", "093")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151474", "veja o vídeo!! VW/T CROSS CL TSI AD; 2020/2021; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - FIPE: 116.667,00")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>75.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151449", "094")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151449", "veja o vídeo!! CHEVROLET/S10 LTZ DD4A; 2022/2022; BRANCA; DIESEL - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>185.499,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151448", "095")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151448", "veja o vídeo!! I/MMC OUTLANDER 2.2 D; 2015/2016; BRANCA; DIESEL - FUNC. - IPVA 2022 OK - FIPE: R$ 153.230,00")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>50.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151446", "096")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151446", "veja o vídeo!! HONDA/WR-V EX CVT; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>64.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152261", "097")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152261", "veja o vídeo!! CHEV/TRACKER T A LTZ; 2020/2021; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - APROX. 26.000KM")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>76.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152456", "098")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152456", "TOYOTA/ETIOS SD XLS; 2014/2014; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151450", "099")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151450", "I/TOYOTA HILUXSW4 SRV4X4; 2011/2012; PRETA; DIESEL - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>99.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152258", "100")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152258", "veja o vídeo!! TOYOTA/COROLLA XEI20FLEX; 2016/2017; AZUL; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK -  FIPE: 93.238,00")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151451", "101")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151451", "CHEVROLET/MONTANA LS; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>31.250,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151452", "102")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151452", "FIAT/FIORINO HD WK E; 2020/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>48.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151447", "103")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151447", "veja o vídeo!! I/MMC OUTLANDER 2.0; 2015/2016; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151465", "104")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151465", "veja o vídeo!! I/TOYOTA HILUX SW4 4X2SR; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151467", "105")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151467", "veja o vídeo!! CHEVROLET/ONIX 10MT JOYE; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151468", "106")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151468", "veja o vídeo!! RENAULT/SANDERO ZEN10MT; 2019/2020; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152259", "107")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152259", "veja o vídeo!! HYUNDAI/CRETA 20A PRESTI; 2019/2020; PRATA; ALCO./GASOL. - FUNC. - IPVA 2022 OK - APROX. 30.700KM - FIPE: 113.700,00")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>69.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152429", "108")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152429", "veja o vídeo!! GM/PRISMA MAXX; 2010/2010; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151457", "109")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151457", "veja o vídeo!! PEUGEOT/208 GRIFFE EAT6; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151456", "110")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151456", "NISSAN/MARCH 16SV; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>25.750,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151466", "111")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151466", "veja o vídeo!! I/AUDI A4 2.0TFSI; 2012/2013; PRETA; GASOLINA - FUNCIONANDO - APROX. 58.000KM - IPVA 2022 OK")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151469", "112")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151469", "veja o vídeo!! FORD/FIESTA FLEX; 2009/2009; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151471", "113")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151471", "veja o vídeo!! RENAULT/SANDERO EXPR 16; 2015/2016; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152432", "114")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152432", "FIAT/UNO VIVACE 1.0; 2015/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151458", "115")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151458", "I/HONDA CITY EX FLEX; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152433", "118")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152433", "veja o vídeo!! HONDA/CG 150 TITAN ESD; 2008/2008; VERMELHA; GASOLINA - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151459", "119")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151459", "veja o vídeo!! HONDA/HR-V EXL; 2016/2016; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>68.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151462", "120")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151462", "veja o vídeo!! HONDA/CIVIC LXS; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151461", "121")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151461", "veja o vídeo!! CHEVROLET/CRUZE LT NB; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151460", "122")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151460", "HONDA/FIT EXL CVT; 2014/2015; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151455", "123")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151455", "veja o vídeo!! I/VW AMAROK CD 4X4 HIGH; 2012/2012; PRETA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>57.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151464", "124")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151464", "GM/CELTA 2P LIFE; 2006/2007; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151463", "126")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151463", "HONDA/SH 300I; 2018/2018; MARROM; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151470", "133")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151470", "veja o vídeo!! VW/PARATI CELA 1.8; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151472", "350")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151472", "veja o vídeo!! JOGO DE RODAS COM PNEUS ARO 17 COM PNEUS 205/40")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151473", "351")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/151473", "JOGO DE RODAS DE LIGA MODELO ORBITAL ARO 14 COM PNEUS")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>