--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,187 +269,167 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152264", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152264", " CAMINHÃO COMPACTADOR 19 M3 - VOLKSWAGEN 17280 - 6X2 . NO ESTADO.  PLACA:  AYP1I48 ANO/MOD:  2013/2014 RENAVAM:  1014991738. CHASSI:  953658243ER419016 OOBS:  VEÍCULO DEVE SER RETIRADO NO GUINCHO.  DETALHES DO ESTADO GERAL NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>102.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152266", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152266", " CAMINHÃO SEM IMPLEMENTO - FORD 1723 - 6X2. NO ESTADO.  PLACA:  OKN0336 ANO/MOD:  2012 RENAVAM:  485167980. CHASSI:  9BFYEAHD5DBS16931 OBS:  VEÍCULO DEVE SER RETIRADO NO GUINCHO.  DETALHES DO ESTADO GERAL NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>87.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152265", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152265", " CAMINHÃO SEM IMPLEMENTO - FORD 1723 - 4X2. NO ESTADO.  PLACA:  OUO1831 ANO/MOD:  2013 RENAVAM:  567450902. CHASSI:  9BFYEAHD1DBS42216 OBS: VEÍCULO DEVE SER RETIRADO NO GUINCHO.  DETALHES DO ESTADO GERAL NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152267", "013")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152267", "CAMINHÃO SEM IMPLEMENTO - VOLKSWAGEN - 17280 - 4X2 - DEVE SER RETIRADO DE GUINCHO. PLACA:  FGQ3515 ANO/MOD:  2013/2014 RENAVAM:  995072248. CHASSI:  953658244ER417047 OBS:  DETALHES DO ESTADO GERAL NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>108.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...94 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152268", "014")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152268", "CAMINHÃO SEM IMPLEMENTO - VOLKSWAGEN - 17280 - 4X2 - DEVE SER RETIRADO DE GUINCHO. PLACA:  FGQ3525 ANO/MOD:  2013/2014 RENAVAM:  995072965. CHASSI:  953658270ER417241 OBS:  DETALHES DO ESTADO GERAL NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>98.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>