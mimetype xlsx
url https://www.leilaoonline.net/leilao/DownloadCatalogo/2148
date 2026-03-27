--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1563 +269,1371 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152872", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152872", "Caminhão Volvo VM 330 - 2014/2015 8x2 Completo - automático - engate para julieta - Roll-on Grimaldi 2017")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>315.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152883", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152883", "[vídeo] CAMINHÃO MB AXOR 1933 PLATAF.; ANO/MODELO: 2009/2009; DIESEL; KM: 39100; PL: NNT3D96 ; CH: 9BM9582079B670111: ; RENAVAM: 00166096318 ; OBS.: COM EQUIP.MUNCK RODOMAQ GHR-25000 E CONTROLE TECNNIC COMANDO NOVO E PLATAFORMA DE 6,2 M NO ESTADO.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152884", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152884", " [vídeo] MB 1214 C 1997 com Munck PKB 15500")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152898", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152898", "Caminhão  MB LP 321 com Cabine 1113 - 58/59 Com munck 3.5 ton - lança - Carroceria aprox. 7m - Dir. hidráulica - turbinado - Lança hidráulica")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152890", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152890", "  Base de cinta transportadora")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152889", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152889", " Base de cinta transportadora - Sem redutor")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152891", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152891", " [vídeo] - Base de cinta transportadora")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152885", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152885", "Retroescavadeira Randon 2011")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152871", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152871", " [vídeo] Escavadeira Volvo")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152897", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152897", "Escavadeira de Pneus com garra sucateira - 4x4 - motor mwm 229 - funcionando")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152892", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152892", " Lancha - sem espeficicações ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152876", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152876", " Exaustor - aprox. 150 x 100 ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152877", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152877", " Moinho de bola industrial ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152893", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152893", " Silo de ração")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152878", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152878", " Jogo Roda Amarok - aro 22 - 265/35")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152867", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152867", " Tanque de aço - Apróx 30 mil litros")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152866", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152866", " Container ( 3,00m x 2,50 m)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153560", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153560", "Trator de Esteira - D-4d - torque elétrico ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153562", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153562", "JEEP Willys 1960 4x4 - Motor Opala 4 Cil. injeção nos 4 bicos - ignição eletr. - Caixa chevette 5 marchas - pandoo, dir. hidr. ar, pneus 31, cap. rigida, Som pionner, guinco, tanque inox, Molas toyota, banco couro, placa mercosul.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152879", "026")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152879", " Compressor 140 IBF")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152880", "027")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152880", " Lote com: 4 Pneus Off-road - Com rodas")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152881", "028")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152881", " Talha Industrial")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152875", "030")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152875", "Moinho")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152909", "031")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152909", " Compressor de ar silos ( Cebolão) Acoplado motor de opala 4cc - Com carretinha e reservatório")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152868", "048")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152868", " Garra - Peso Apróx 4 ton. - Lances por KG")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>5,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152873", "056")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152873", "Retífica Vigorelli")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152874", "057")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152874", "Guilhotina Mecânica ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152894", "065")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152894", "Girador rotator para empilhadeira ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152895", "070")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152895", "Máquina eletroerosão - 1993")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152869", "076")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152869", " Moinho martelo desmontado")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152896", "077")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152896", "Plataforma elevador - para ônibus ou vans - 12 volts - Para 250kg")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152882", "080")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152882", " Secador Industrial")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152910", "081")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152910", " Máquina de corte")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152911", "082")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152911", " Arado")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...83 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152886", "084")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152886", "Balsa para tirar areia ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...25 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152870", "085")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152870", " Munck")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152887", "091")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152887", "Empilhadeira Elétrica CROWM - Mod. 407 - 800kg cap. - Campinas SP")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152888", "092")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152888", "Arado")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...724 lines deleted...]
-      <c r="E40" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152899", "093")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152899", "Máquina de Ressonância - Somatom Sensation 16 ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
-      <c r="F40" s="4" t="inlineStr">
-[...186 lines deleted...]
-      <c r="E46" s="5" t="inlineStr">
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152900", "094")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152900", "Prensa container para roll-on 17 m³ ano 2013 marca Tehnix , acompanha motor bomba e reservatório")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152901", "095")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152901", "Prensa container para roll-on 17 m³ ano 2013 marca Tehnix , acompanha motor bomba e reservatório")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152902", "096")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152902", "Prensa container para roll on 17 m³ ano 2013 marca Tehnix , acompanha motor bomba e reservatório ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152903", "097")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152903", "Prensa container para roll-on 17 m³ ano 2013 marca Tehnix , acompanha motor bomba e reservatório")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152904", "098")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152904", "Caçamba Basculante - Rosseti ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
-      <c r="F46" s="4" t="inlineStr">
-[...254 lines deleted...]
-      </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152905", "099")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152905", "Compressor de ar motor trifásico")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152906", "100")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152906", "Ponte rolante com aprox. 15 x 3,30m comprimento / largura , acompanha carrinho com talha")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152907", "101")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152907", "Equipamento agrícola ")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152908", "102")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152908", "Braço de retro escavadeira MF")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>