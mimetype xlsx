--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,2203 +269,1931 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153467", "048")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153467", "Caminhão VW 35.300 1995 - Roll-on Grimaldi G25 - (julieta não inclusa) ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153468", "049")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153468", "Carreta reboque lençois rptm - 3 eixos - 2003 ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153430", "050")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153430", "[vídeo] Volvo FH12 380 2004 4x2T")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153413", "051")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153413", " Caminhão MB LS 1935 - 1994/1994")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153423", "052")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153423", "MB 912 - 1989 - Baú ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153403", "053")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153403", "Caminhão Scania 420 6x4 2005 ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153463", "054")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153463", "[vídeo] Caminhão MB L 608 D 1981")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153404", "055")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153404", " Caminhão VOLVO NL 12 360 1995 - Pneus Bons")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153426", "056")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153426", " Caminhão Volvo NL10 280 1992")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1005000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153409", "057")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153409", " Caminhão MB 1313 1976")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153435", "058")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153435", "Caminhão MB 1113 1981 ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153464", "059")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153464", "Ford F 1000 Country - 1990/1991")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153419", "060")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153419", " Caminhão MB 712 C - 1999")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153444", "061")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153444", "CAMINHÃO VW 25.370 CLM T 6X2 - 2011")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153445", "062")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153445", "CAMINHÃO VW 25370 CLM T 6X2 2008/2009")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153447", "063")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153447", "Caminhão MB L 608 E - 1987 ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153429", "064")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153429", "SUCATA - Caminhão MB LS 1938 2004 - chassi: 9BM6960904B390230")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153465", "065")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153465", "VW Fusca 1500 1972 ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153466", "066")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153466", "VW Beetle 2009/2010 - Com kit Gás 5a geração - Não consta no documento - regularização pelo comprador ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153407", "072")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153407", " Carreta - 3 Eixos - 1994/1995")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153408", "073")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153408", " Carreta Alta 3 eixos - 1988")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153411", "076")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153411", " Equipamento Poliguindaste - Somente equipamento.")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153414", "077")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153414", " Equipamento Poli Guindaste 3/4 - Somente Equipamento")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153412", "078")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153412", " Equipamento Munck - Somente equipamento")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153418", "079")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153418", "  Guindaste Madal 9 Ton -  Motor MB")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153420", "081")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153420", " Retroescavadeira 580H - estado de sucata")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153406", "082")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153406", "Retroescavadeira 750 MF 4x4 ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>103.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153415", "087")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153415", " Arado 4 discos MF")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153416", "088")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153416", " Arado Hidráulico - 3 Discos")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153417", "090")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153417", " Lâmina Hidráulica")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153402", "091")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153402", " Trator Agrale 4300")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153405", "092")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153405", "Trator Agrale 4300")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153421", "103")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153421", "Trator MF 290 4x4 - 3 Alavancas")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153422", "104")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153422", "Pá MF 86 - Pula pula ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153424", "107")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153424", "Gerador - Motor Cummins 3 Cilindros - Diesel")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153425", "108")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153425", "Gerador - Motor Cummins 3 Cilindros - Diesel - Motor desmontado")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153469", "112")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153469", "Mercedes ML 350 Bluetec - 2013/2014 - Diesel - Revisada ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153427", "113")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153427", "Lote com: 4 rodas com pneus seminovo pra novo medidas 265/50 R 19 Volkswagen")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153428", "129")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153428", "SUCATA - Ford Ranger LTD 2007 - Sem direito a documento ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153410", "137")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153410", " Pulverizador")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153431", "142")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153431", "Rolo")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153432", "143")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153432", "Trator Ford 6600 - Sucata ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153433", "145")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153433", "Agrale 4230 com Roçadeira ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153434", "148")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153434", "Rolo Muller - Motor mwm ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153436", "154")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153436", "GM BLAZER DLX 2.8 Diesel 4x4 2004 ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153437", "155")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153437", "Trator MF 290 4x4 - 3 alavancas ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>86.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153438", "160")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153438", "Mini trator Yanmar ")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153439", "161")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153439", "TOYOTA HILUX SW4 SRV 2014/2015 ")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153440", "162")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153440", "Maxion 750 4x4 ano 2002")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153441", "163")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153441", "MF 86 hs advanced 2005 4x2")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153442", "164")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153442", "MF 86 HS ano 98 4x2")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153443", "167")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153443", "TOYOTA HILUX CD 4X4 SRV - 2009 / recuperada de sinistro ")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153446", "170")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153446", "Toyota Hilux cd 4x4 2007 ")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153448", "173")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153448", "Carreta Librelato SRCS 3E - 2010/2011")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153449", "175")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153449", "Toyota Hilux CD 4x4 SRV - 2011 / recuperada")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153455", "176")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153455", " Plantadeira de grão ")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153454", "177")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153454", " Cabine de máquina")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153457", "178")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153457", " Concha de máquina carregadeira ")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153462", "179")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153462", " Motobomba estacionária ")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153460", "180")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153460", " Caçamba toco")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153456", "181")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153456", " Rolo Compactador CG11")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153459", "182")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153459", " Compressor Atlas Copco - motor Perkins 4 Cilindros ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153451", "183")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153451", " Sulcador de dois sulcos ")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153461", "184")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153461", " Empilhadeira 7 ton. - Sem motor - com cambio e diferencial")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153450", "185")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153450", " Cabine de máquina")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153453", "186")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153453", " Patrol Huber-Warco")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153458", "187")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153458", " Poliguindaste ")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153452", "189")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153452", " Trator Pula-pula Case 580e")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>