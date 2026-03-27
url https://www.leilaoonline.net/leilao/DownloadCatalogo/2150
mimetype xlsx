--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,443 +269,391 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153563", "074")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153563", "JOGO DE RODA DE LIGA ARO 13 COM PNEUS; 175/70R13 82T")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152498", "100")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152498", "VW/FUSCA 1300; 1976; BRANCO; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152503", "101")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152503", "veja o vídeo!! I/KIA SPORTAGE MRDI; 1996/1997; PRETA; GASOL./GNV - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153210", "102")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153210", "veja o vídeo!! FORD/ESCORT 1.0 HOBBY; 1996/1996; VERDE; GASOLINA - FUNCIONANDO ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>4.950,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153534", "103")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153534", "veja o vídeo!! VW/VOYAGE GL; 1988/1988; VERMELHA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152502", "105")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152502", "VW/SANTANA 2.0; 2001/2001; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5.050,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153536", "109")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153536", "veja o vídeo!! VW/FUSCA 1300 L; 1977/1977; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152499", "110")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152499", "GM/MONZA SL/E; 1982/1982; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152497", "120")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152497", "FIAT PALIO WEEKEND 1.6 16V; 2002/2003; PRETA; GASOLINA - FROTA 995 - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152495", "122")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152495", "veja o vídeo!! GM/BONANZA CUSTOM S; 1993/1993; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152496", "125")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152496", "GM/KADETT LITE; 1993/1994; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152500", "126")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152500", "veja o vídeo!! FIAT/147 L; 1977/1977; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152501", "142")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152501", "HONDA/CIVIC LX; 2002/2003; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>