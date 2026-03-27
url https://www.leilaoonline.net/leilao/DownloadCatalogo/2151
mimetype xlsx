--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,11675 +269,10219 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153378", "299")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153378", "CARROCERIA COMBOIO, S/ FR, LOC. RIO BRILHANTE ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153369", "460")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153369", "CAMINHÃO VW/15.180 EURO3 WORKER, ANO 2007/2007- BRANCA, (QUEIMADO) - FR4410765, LOC. CAARAPÓ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153370", "464")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153370", " LAVADORA MOD. CRS66 A, ANO 2009, PT: 183574, LOC. CAARAPÓ ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156770", "466")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156770", " COLUNA DE ABSORCAO JW, ANO 2008, PT: 89986, LOC.CAARAPÓ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>155.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155373", "468")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155373", " CAMINHÃO VOLKSWAGEN 15-180 EURO3 WORKER (BORRACHARIA:55012), ANO 2008/2008 - FR4415010 - LOC.CAARAPÓ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>84.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155371", "478")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155371", " QUADRICICLO INJECAO ELETR 26,9CV 6250RPM, ANO 2015, FR9006006, LOC. RIO BRILHANTE ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155372", "479")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155372", " QUADRICICLO INJECAO ELETR 26,9CV 6250RPM, ANO 2015, FR9006005, LOC. RIO BRILHANTE ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153371", "482")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153371", "MOTOBOMBA E MOTOR MWM, FR9005029, LOC. RIO BRILHAN TE ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153372", "483")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153372", "3 CHASSI  DE MOTOBOMBA, FR9005015/9005032/9005031, LOC. RIO BRILHANTE ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157242", "488")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157242", "M.A/VILLARES, ANO 1972/1972 ,GUINDASTE, - FR5001105, ( MOTOR NÃO CADASTRADO/SEM NUMERAÇÃO DE CHASSI/COR DIVERGENTE )   - LOC.PASSATEMPO ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156771", "495")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156771", " 1- ENFARDADEIRA DE PAPEL 5 KG, PT: 292880; 1- ESTEIRA COM DETECTOR DE METAL, PT: 293177; 1- EMPACOTADEIRA 5 KG, PT_0001/007891. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156765", "496")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156765", " 1- ESTEIRA COM DETECTOR DE METAL , PT: 293335; 1- EMPACOTADEIRA 2 KG., PT: 293337; 1- ENFARDADEIRA DE PAPEL 2 KG. -LOC. PASSATEMPO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153373", "501")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153373", "SUCATA TRATOR JOHN DEERE , FR4802041, LOC. PASSATEMPO ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153374", "505")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153374", "43 ITENS DIVERSOS, SUCATAS DE VALVULAS, CILINDROS, MOTORES E OUTROS - VEJA DESCRITIVO DE ITENS , LOC. CAARAPÓ ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155380", "506")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155380", "LOTE COM 55 SUCATAS DE MOTORES , 04 ATUADORES DE VALVULAS , 02 COMPRESSOR COM MOTOR , S/FR, LOC. PASSATEMPO /MS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155367", "552")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155367", "REBOQUE RANDON RQ CA, ANO 2004/2004 - FR14004249 - LOC. SANTA ELISA ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153091", "553")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153091", "REBOQUE RANDON RQ CI HI, ANO 1996/1996, AZUL, FR14004186, LOC. SANTA ELISA ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155366", "556")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155366", " SEMI-REBOQUE CANA PICADA SR CA RANDON, ANO 2007/2007 - FR14004307 - LOC. SANTA ELISA ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153095", "559")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153095", " TRANSBORDO SANTAL , ANO 2008, FR14003321,   LOC. SANTA ELISA ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153092", "568")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153092", " CARRETA AGRICOLA AREA VIVENCIA 02-4P, ANO 2012, FR14004617, LOC. SANTA ELISA ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153089", "569")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153089", " CARRETA AGRICOLA AREA VIVENCIA 02-4P, ANO 2012,  FR14004619 , LOC. SANTA ELISA ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155368", "574")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155368", " MUNCK VEICULAR , ANO 2010, LOC. SANTA ELISA ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>48.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153094", "581")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153094", " MOTOBOMBA,ANO 1996, FR14005052, LOC. SANTA ELISA ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155376", "594")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155376", " CAIXA TRANSBORDO, ANO 2010, FR14003449, LOC. MB")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155378", "595")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155378", " CAIXA TRANSBORDO, ANO 2010, FR13004175, LOC. MB")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155379", "596")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155379", " CAIXA TRANSBORDO, ANO 2010, FR13004174, LOC. MB")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155377", "597")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155377", " CAIXA TRANSBORDO, ANO 2010, FR13004179, LOC. MB")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153098", "599")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153098", " TRANSBORDO CIVEMASA, ANO 2010, FR13003069, LOC. MB")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153103", "600")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153103", " TRANSBORDO CIVEMASA, ANO 2010, FR14003586, LOC. MB")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153107", "601")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153107", " TRANSBORDO CIVEMASA, ANO 2010, FR13003065, LOC. MB")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153100", "602")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153100", " TRANSBORDO SANTAL, ANO 2011, FR13003121, LOC. MB")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153101", "604")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153101", " TRANSBORDO , ANO 2011, FR13003113, LOC. MB")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153097", "605")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153097", " TRANSBORDO , ANO 2011, FR13003111, LOC. MB")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153096", "606")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153096", " TRANSBORDO SANTAL, ANO 2011, FR13003122, LOC. MB")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155364", "607")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155364", " CARROCERIA TRANSBORDO CAIXOTE DUPLO SANTAL,  ANO 2011, S/FR,  MOD CT6, LOC. MB")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155382", "608")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155382", " CAIXA TRANSBORDO DUPLO SANTAL, ANO 2011, S/FR, LOC. MB")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155383", "609")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155383", " CAIXA TRANSBORDO DUPLO SANTA IZABEL, S/FR, LOC. MB")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153104", "610")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153104", " TRANSBORDO CIVEMASA, ANO 2010, FR14003455, LOC. MB")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153105", "612")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153105", " TRANSBORDO CIVEMASA, ANO 2010, FR13003067, LOC. MB")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155381", "613")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155381", " TRATOR VOLVO, ANO 2005, FR13002033, LOC. MB ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>98.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153093", "614")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153093", " COLHEDORA CANA JOHN DEERE, ANO 2012, FR9002008, LOC. MB ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153102", "615")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153102", " COLHEDORA J.DEERE 3520, ANO 2011, FR1002018, LOC. MB")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153099", "618")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153099", " COLHEDORA J.DEERE 3522, ANO 2014, FR12802126, LOC. MB")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153106", "621")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153106", " HIDRO-ROLL, ANO 2007, FR1003470, LOC. Vale Rosário")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153086", "624")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153086", "2 CARRETINHAS SERVIÇOS GERAIS, ANO 2016, FR11003804/FR11003799/,  LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153090", "625")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153090", "  2 CARRETINHA SERVIÇOS GERAIS, ANO 2016, FR11003792/FR11003797, LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153396", "678")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153396", " PLATAFORMA HIDRAULICA PARA DISTRIBUIÇÃO. - FR4445338. - LOC. CAARAPÓ/MS")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153394", "681")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153394", " PLATAFORMA HIDRAULICA PARA DISTRIBUIÇÃO. - FR4445339. - LOC. CAARAPÓ/MS")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153395", "706")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153395", " PLATAFORMA HIDRAULICA PARA DISTRIBUIÇÃO. - FR4445336. - LOC. CAARAPÓ/MS")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.650,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153393", "717")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153393", " PLATAFORMA HIDRAULICA PARA DISTRIBUIÇÃO. - FR4445340. - LOC. CAARAPÓ/MS")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>2.350,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153392", "808")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153392", "SEMI-REBOQUE  USICAMP SRCP E2 10000 . ANO 2008/2008. AZUL - FR4493393. - LOC. CAARAPÓ/MS ")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153391", "827")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153391", " FIAT/PALIO FIRE WAY 1.0, ANO 2016/2016. BRANCA - FR4425063. - LOC. CAARAPÓ/MS")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153390", "828")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153390", " FIAT/PALIO FIRE WAY 1.0 ANO 2016/2016. BRANCA - FR4425068. - LOC CAARAPÓ/MS")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153375", "906")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153375", " TRANSBORDO TAC 13000, ANO 2007. - FR.5004750 . -LOC. PASSATEMPO/MS")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153376", "908")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153376", " TRANSB VT 10 ARRASTE TRAT, ANO 2012. - FR. 5003039. - LOC. PASSATEMPO/MS ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153377", "914")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153377", " TRANSBORDO TAC 13000, ANO 2008. - FR.5004802 . -LOC. PASSATEMPO/MS")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153385", "926")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153385", " TRANSB VT 10 ARRASTE TRAT, ANO 2012. - FR. 5003038. - LOC. PASSATEMPO/MS ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153381", "928")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153381", " TRANSB SANTAL VT 10 ARRASTE TRAT, ANO 2010. - FR. 5004767. - LOC. PASSATEMPO/MS ")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153384", "953")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153384", " TRANSBORDO SANTAL VT-10 - FR. 1003051. - LOC. RIO BRILHANTE/MS")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153383", "955")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153383", " TRANSBORDO SERMAG SERRANA SMR-10500, ANO 2009. - FR. 14003437. - LOC. RIO BRILHANTE/MS")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153386", "958")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153386", " TRANSBORDO RCAM 10000KG 24M³ 4700X355. - FR. 5004756. - LOC. RIO BRILHANTE/MS")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153379", "959")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153379", " TRANSBORDO ARR 10500KG 24M³ 4700X3550MM 7350KG,. - FR. 9003055. - LOC. RIO BRILHANTE/MS")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153380", "960")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153380", " TRANSBORDO ARR 10500KG 24M³ 4700X3550MM 7350KG. - FR. 9003050. - LOC. RIO BRILHANTE/MS")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153382", "962")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153382", " TRANSB VT 10 ARRASTE TRAT , ANO 2012. - FR. 5003031. - LOC. RIO BRILHANTE/MS")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156772", "975")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156772", "veja o vídeo !!! COLHEDORA JOHN DEERE 3522, ANO 2014, FR9002034, 9 BATERIA NÃ FAZ PARTE DO LOTE ) LOC. RIO BRILHANTE ")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156773", "981")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156773", "veja o vídeo!!!! COLHEDORA JOHN DEERE 3522, ANO 2013, FR5002011, ( OBS. BATERIA NÃO FAZ PARTE DO LOTE )  LOC. RIO BRILHANTE ")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153298", "988")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153298", " COLHEDORA JOHN DEERE 3520 , ANO 2010, FR5002553, LOC. RIO BRILHANTE ")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153360", "1002")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153360", " REBOQUE RANDONSP RQ CA,  ANO 2012/2013, CINZA,  FR46958, LOC. IPAUSSU ")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153345", "1003")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153345", " S.REBOQUE  RANDONSP SRCA CA, ANO 2012/2013, CINZA, FR46963, LOC. IPAUSSU ")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153330", "1009")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153330", " S.REBOQUE USICAMP SRCP E2 10000, ANO 2088/2008, AZUL, FR46852, LOC. IPAUSSU ")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153233", "1011")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153233", " REBOQUE RANDONSP RQ CA, ANO 2010/2010, AZUL , FR46873, LOC. IPAUSSU ")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153350", "1013")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153350", " S.REBOQUE USICAMP SRCP E2 10000, ANO 2008/2008, AZUL, FR121449 , LOC. IPAUSSU ")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153352", "1015")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153352", " S.REBOQUE  RANDONSP SRCA CA, ANO 2013/2014, CINZA, FR46977, LOC. IPAUSSU ")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153357", "1022")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153357", " REBOQUE RANDONSP RQ CA, ANO 2010/2010, AZUL, FR46885,( SINISTRADO/RECUPERADO)  LOC. IPAUSSU ")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153362", "1023")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153362", "REBOQUE RANDONSP RQ CA, ANO 2013/2014, CINZA, FR46968, LOC. IPAUSSU ")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153366", "1025")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153366", "REBOQUE  RANDONSP RQ CA , ANO 2012/2012, AZUL , FR46938, LOC. IPAUSSU ")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153349", "1028")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153349", "REBOQUE RANDONSP RQ CA, ANO 2012/2013, CINZA, FR46962, COM SINISTRO RECUPERADO MEDIA MONTA, LOC. IPAUSSU ")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153347", "1056")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153347", " COLHEDORA JOHN DEERE 3522 2L , ANO 2010, FR50145, LOC. DIAMANTE ")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153361", "1122")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153361", " DES.PALHA GIROFLEX 1LDRIA, ANO 2014, FR103435, LOC. BARRA ")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153388", "1173")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153388", "S.REBOQUE  RANDON 12,50 M, ANO 2010/2011, AMARELA. - FR51267. - LOC. CAARAPÓ/MS")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153387", "1186")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153387", "S.REBOQUE  RANDON 12,50 M, ANO 2008/2008., AMARELA - FR51164. - LOC. CAARAPÓ/MS")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153389", "1195")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153389", " S.REBOQUE  RANDON 12,50 M, ANO 2010/2011, AMARELA - FR51282. - LOC. CAARAPÓ/MS")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153401", "1210")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153401", "CARRETA TRANSPORTE TUBOS, ANO 2009. - FR45097. - LOC. CAARAPÓ/MS")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153400", "1212")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153400", " CARRETA TRANSPORTE TUBOS, ANO 2009. - FR45099. - LOC. CAARAPÓ/MS")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153398", "1213")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153398", " CARRETA TRANSPORTE TUBOS, ANO 2009. - FR45098. - LOC. CAARAPÓ/MS")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153399", "1214")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153399", " CARRETA TRANSPORTE TUBOS. - FR48525. - LOC. CAARAPÓ/MS")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153397", "1215")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153397", " PLANTADEIRA SOLLUS PLANTFLEX 8080, ANO 2011. - FR47045. - LOC. CAARAPÓ/MS")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156798", "1231")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156798", " HONDA BROS VERMELHA 125CC. ANO 2006/2007- FR5006074. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153110", "1282")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153110", " MOTOBOMBA - UNIDADE VALE DO ROSÁRIO")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153111", "1285")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153111", " COLHEDORA JOHN DEERE 3522, ANO 2014,  FR11002182 - UNIDADE VALE DO ROSÁRIO")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153109", "1312")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153109", " TRANSBORDO CIVEMASA TAC ARR 10500KG 24M³ 4700X3550,ANO  2010 FR13003070 - UNIDADE MB")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153088", "1333")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153088", " SEMI REBOQUE CANA PICADA MCA RANDON, ANO 1997, FR14004218, LOC. SANTA ELISA ")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153087", "1335")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153087", "REBOQUE RODOVIARIA SR CN HI, ANO 1995/1995 - FR14004180 - LOC. SANTA ELISA ")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153112", "1370")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153112", " CAMINHÃO VW 12.140 H C/CAÇAMBA BASCULANTE, ANO 1996/1996, BRANCA ,  FR11001112, LOC. VALE DO ROSÁRIO ")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153331", "2116")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153331", " CAMINHÃO M.BENZ 2220 6X4 CARROCERIA, ANO 1987/1987, FR135625, BRANCA, (TRANSFERÊNCIA APENAS PARA SP), LOC. JATAI ")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153365", "3338")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153365", " 4 MACACO HIDRAÚLICO, 1 CALIBRADOR E 1 MAQ. SOLDA, S/FR, LOC. BARRA ")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153367", "3610")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153367", " 02 DESENLEI. PALHA CARDEROLI, ANO 2018, FR74046/ FR74043, LOC. DIAMANTE ")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153355", "3611")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153355", " ENLEIRADEIRA, FR103409, LOC. DIAMANTE ")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153239", "3612")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153239", " TRANSBORDO ATA 12000 12T, ANO 2012, FR70619, LOC. DIAMANTE")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153353", "3613")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153353", " CARRETA TRANSP. TUBO, FR71024, LOC. DIAMANTE ")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153237", "3614")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153237", " COLHEDORA JOHN DEERE 3522 2L , ANO 2013, FR117550, LOC. DIAMANTE ")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153346", "3615")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153346", " SUPER CULTIV. ADUBADE DMB, ANO 2013, FR103948, LOC. DIAMANTE ")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153363", "3616")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153363", " DESENLEI. PALHA CARDEROLI, ANO 2018, FR103098, LOC. DIAMANTE ")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153364", "3617")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153364", " CARRETA TORTA DE FILTRO, ANO 2003, FR103631, LOC. DIAMANTE ")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153368", "3618")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153368", " CARRETA TORTA DE FILTRO, ANO 2012, FR103667, LOC. DIAMANTE ")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153118", "3619")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153118", " ÔNIBUS MERCEDES BENZ OG 1315, ANO 1991/1992, BRANCO. - FR. 97493. - LOC. DIAMANTE/SP")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153127", "3620")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153127", " Carreta Esp.Calc. Sollus, ANO 2008. - FR.103785. - LOC. DIAMANTE/SP")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153119", "3621")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153119", " Transbordo ATA 12000 12T, ANO 2012. - FR.70626. - LOC. DIAMANTE/SP")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153125", "3622")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153125", " Transbordo Santal 12 T, ANO 2007. - FR.101938. - LOC. DIAMANTE/SP")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153126", "3623")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153126", " Transbordo ATA 12000 12T, ANO 2018. - FR.70625. - LOC. DIAMANTE/SP")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153114", "3624")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153114", " Transbordo ATA 12000 12T, ANO 2012. - FR.70632. - LOC. DIAMANTE/SP")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153115", "3625")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153115", " Transbordo ATA 12000 12T, ANO 2012. - FR.70636. - LOC. DIAMANTE/SP")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153124", "3626")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153124", " 8 Tubos e 50 Conexões Aprox. - S/FR. - LOC. DIAMANTE/SP")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153122", "3627")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153122", " Partes Diversas de Implementos (super cultivador, cultivador, adubadeira...) - S/FR. - LOC. DIAMANTE/SP")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153129", "3628")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153129", " Bazuka. - S/FR. - LOC. DIAMANTE/SP")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153123", "3629")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153123", " Bazuka S/FR. - LOC. DIAMANTE/SP")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153131", "3630")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153131", " Trator Valtra BH 210I 4x4, ANO 2014. - FR.106669. - LOC. DIAMANTE/SP")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>93</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>157.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153117", "3631")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153117", " Trator Valtra BM 100, ANO 2012. - FR.19839. - LOC. SANTA CANDIDA/SP")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>136.000,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153116", "3632")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153116", " Trator Valtra BH 210I 4X4, ANO 2014. - FR.81545. - LOC. SANTA CANDIDA/SP")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>178.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153120", "3633")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153120", " FIAT STRADA WORKING, ANO 2015/2016, BRANCA. - FR.19617. - LOC. SANTA CANDIDA/SP")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153121", "3634")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153121", " VW. GOL TL MBV, ANO 2016/2017, BRANCA. - FR.20073. - LOC. SANTA CANDIDA/SP")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>19.250,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153128", "3635")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153128", " 1 Centrifuga Desmontada. - S/FR. - LOC. SANTA CANDIDA/SP")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153113", "3636")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153113", " Sucata de Eletro/eletrônico (refletore/luminarias/paineis), 7 vidros, 1 motor elétrico, 4 Bag com Junta de Vedação, 1 Ar Condicionado Central. - S/FR. - LOC. SANTA CANDIDA/SP")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153132", "3638")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153132", " Transbordo Santal, ANO 2015. - FR.17301. - LOC. SANTA CANDIDA/SP")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153138", "3639")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153138", " 2 Transbordos Santal 12 T (venda o conjunto), ANO 2015. - FR.17331/17302. - LOC. SANTA CANDIDA/SP")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153133", "3640")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153133", " Transbordo Ata, ANO 2010. - FR.102003. - LOC. SANTA CANDIDA/SP")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153134", "3641")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153134", " Super Cultivador, 3 Pneus e 2 Tanques Plastico. - FR.20126. - LOC. SANTA CANDIDA/SP")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153130", "3642")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153130", " Sulcador. - FR.20120. - LOC. SANTA CANDIDA/SP")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153135", "3643")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153135", " Caminhão VW 15.180 EURO3 WORKER. CARROCERIA COMBOIO, ANO 2010/2010, BRANCO. - FR.119911/121795. - LOC. SANTA CANDIDA/SP ( falta motor/Câmbio/outros)")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153136", "3644")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153136", " Caminhão VW 15.180 EURO3 WORKER, CARROCERIA COMBOIO, ANO 2011/2012, BRANCO. - FR.360445. - LOC. SANTA CANDIDA/SP")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>188.000,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153141", "3646")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153141", " Transbordo Santal 12 T, ANO 2015. - FR.17318. - LOC. SANTA CANDIDA/SP")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153139", "3647")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153139", " Transbordo Santal 12 T, ANO 2015. - FR.17333. - LOC. SANTA CANDIDA/SP")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153140", "3648")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153140", " Transbordo Santal 12 T, ANO 2015. - FR.17304. - LOC. SANTA CANDIDA/SP")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153144", "3649")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153144", " Transbordo Santal 12 T, ANO 2015. - FR.17344. - LOC. SANTA CANDIDA/SP")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153137", "3650")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153137", " 1 Motor c/ Bomba e Painel. - FR.241465. - LOC. SANTA CANDIDA/SP ")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153145", "3651")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153145", " Moto Bomba MWM D229/6, ANO 2006. - FR.19977. - LOC. SANTA CANDIDA/SP")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153142", "3652")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153142", " APROX. 30 EQUIPAMENTOS DIVERSOS, VEJA DESCRITIVO DE ITENS. - LOC. SANTA CANDIDA/SP")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153147", "3654")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153147", " COLHEDORA J. Deere 3522 2L, ANO 2012. - FR.128523. - LOC. PARAÍSO/SP")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153150", "3655")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153150", "Reboque /FNV - FRUEHAUF RPB, ANO 1991/1991, BRANCO;  C/Motor e Carretel. - FR.19800/19986. ( SINISTRADO/RECUPERADO, SEM NUMERAÇÃO DE CHASSI ,REGULARIZAÇÃO PELO COMPRADOR) )  - LOC. PARAÍSO/SP ")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153146", "3656")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153146", " Reboque Randon RQ CA 8,20 M, ANO 2005/2005. BRANCA - FR.19205. - LOC. PARAÍSO/SP")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153149", "3657")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153149", " Dolly Facchini  Venda S/Doc. ANO 1995. - FR.121902. - LOC. PARAÍSO/SP")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153151", "3658")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153151", " Cultivador 2L Carderroli, 4 Pneus, ANO 2015. - FR.48166. - LOC. PARAÍSO/SP")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153156", "3659")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153156", " 6 FILTRO/TANQUES PLASTICO/FIBRA. - S/FR. - LOC. PARAÍSO/SP")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153148", "3660")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153148", " Carreta Trans.Tubos. - S/FR. - LOC. PARAÍSO/SP")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153154", "3661")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153154", " LIVROS DIDATICO. - S/FR. - LOC. PARAÍSO/SP")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153153", "3662")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153153", " APROX. 111 EQUIPAMENTOS DIVERSOS, VEJA DESCRITIVO DE ITENS. - LOC. BARRA/SP")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153143", "3663")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153143", " APROX. 79 EQUIPAMENTOS DIVERSOS, VEJA DESCRITIVO DE ITENS. - LOC. BARRA/SP")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153157", "3664")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153157", " Reboque Rodoviaria 7,60M, ANO 1987/1987, AZUL;  C/Motor e Carretel. - FR.95568/102412. - LOC. BARRA/SP")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153155", "3665")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153155", " Reboque LENCOIS RRTC, ANO 1995/1995, AZUL;  C/Motor e Carretel. - FR.70515/102417. - LOC. BARRA/SP")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153152", "3666")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153152", " Caminhão VW  7-110S Toco, carroceria Baú, ANO 1998/1998, BRANCO. - FR.96314.  VENDA SEM MOTOR , Nº MOTOR FORA DO PADRÃO, CARROCERIA DIVERGENTE (NO DOCUMENTO CONSTA ABERTA), REGULARIZAÇÃO POR CONTA DO COMPRADOR) - LOC. BARRA/SP")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153162", "3667")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153162", " 1 Cabina de colhedora e 2 Capota. - S/FR. - LOC. BARRA/SP")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153161", "3668")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153161", " 1 Motor diesel ref.300580. - S/FR. - LOC. BARRA/SP")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153164", "3669")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153164", " COLHEDORA J. Deere 3522 2L , ANO 2010, BRANCO. - FR.101466. - LOC. BARRA/SP")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153160", "3670")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153160", " Reboque Rodoviaria 7,60M, ANO 1984/1984, AZUL. - FR.96552. - LOC. BARRA/SP")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153158", "3671")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153158", " Carretinha SC 200 Saci FR.103962, ANO 2015; 6 Pneus e 2 Tanques plastico. - LOC. BARRA/SP")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153163", "3672")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153163", " Caminhão VW 26.220 EURO3 WORKER; ANO 2007/2008, BRANCO, C/ Carroceria Transbordo Sermag 6 T. - FR.360138/361848. - LOC. BARRA/SP")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>98</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>137.000,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153170", "3673")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153170", " CARRETA ABRIGO  OPERANDO, ANO 2010. - FR.103989. - LOC. BARRA/SP")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153167", "3674")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153167", " 1 Cultivador, 9 Pistões e 2 Tanque Plastico. - FR.74029. - LOC. BARRA/SP")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153199", "3675")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153199", " Fitilho 100 Rolos Aprox. - S/FR. - LOC. BARRA/SP")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153197", "3676")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153197", " 1 Tanque de fibra Aprox. 30.000 Lts. - S/FR. - LOC. BARRA/SP")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153159", "3677")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153159", " 1 Tanque de fibra Aprox. 30.000 Lts. - S/FR. - LOC. BARRA/SP")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153179", "3678")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153179", " 7 Valvulas cor azul. - S/FR. - LOC. BARRA/SP")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153189", "3679")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153189", " 1 Compressor Atlas, 2 Maq. Solda, 60 Refletores Aprox. e 2 CompressorES. - S/FR. - LOC. BARRA/SP")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153200", "3680")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153200", " 2 Dutos Med. Aprox. 1,50 x 6,00. - S/FR. - LOC. BARRA/SP")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153180", "3681")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153180", " 2 Tanques inox. - S/FR. - LOC. BARRA/SP")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153176", "3682")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153176", " Elevador veículo. - FR.201689. - LOC. BARRA/SP")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153175", "3683")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153175", " Venda por kilo - 5 TONELADA DE TUBO EVAPORAÇÃO. - S/FR. - LOC. PARAÍSO/SP")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155374", "3705")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155374", "412 ITENS DE INFORMATICA, ( SENDO 71 NOTEBOOK, 238 DESKTOP, 62 MONITORES, 38 IMPRESSORAS, 2 LEITOR DE DVD, 1 SWITCH)  SUCATEADOS, COM PÇAS DANIFICADAS, S/ HDs/ MEMÓRIA , OBS: VEJA ABAIXO INFORMAÇÕES DE NOTA , LOC. UNIDADE BARRA ")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156536", "3707")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156536", "ENGRENAGEM PINHÃO D-RET MOE, 37X78, S/FR. LOC. DIAMANTE ")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156911", "3708")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156911", "LOTE DE SUCATA ELETRICA/ELETRONICA, ( VENDA SEM A CAÇAMBA)  LOC. DIAMANTE ")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153557", "3710")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153557", "LOTE DE SUCATA DE MOVEIS E UTENSILIOS EM GERAL, ( VEJA DESCRITIVO DE ITENS )  LOC. UNIDADE DIAMANTE")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153558", "3711")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153558", "01 ARMARIO MADEIRA, S/PATR, 01 GAVETEIRO AÇO PATR. 043103, 01 FOGÃO 6 BOCAS PATR. 015781, LOC. FUNDAÇÃO IGARAÇU DO TIETE")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153559", "3712")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153559", "LOTE DE EQUIP. DE INFORMATICA, CONTENDO 139 ITENS, FALTANDO HD E MEMORIA/PEÇAS, LOC. DIAMANTE ")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>18.650,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155354", "3713")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155354", "TANQUE DE FIBRA DE APROX. 25 MIL LTS. FR166575 , LOC. DIAMANTE")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155355", "3714")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155355", "LOTE DE SUCATA DE INFORMATICA CONTENDO 183 ITENS ( 26 Notebook , 67 Desktop, 6 IMPRESSORA,  41 Monitor, 14 Nobreak , 8 PROJETOR, 21 Switch /Thin Client)  , LOC. PARAISO - BROTAS")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156644", "3715")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156644", "LOTE DE 13 PNEUS DIVERSOS, VEJA ABAIXO AS ESPECIFICAÇÕES - LOC. PARAISO ")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153196", "4130")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153196", " Transbordo Santal 12 T, ANO 2008. - FR.38327. - LOC. PARAÍSO/SP")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153201", "4131")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153201", " Transbordo Santal 12 T, ANO 2008. - FR.101955. - LOC. PARAÍSO/SP")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153293", "11378")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153293", " TRANSBORDO SANTAL 12 T, ANO 2010, FR1403, LOC. ARARAQUARA")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153234", "11390")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153234", " TRANSBORDO SMR 10500 10 T, ANO 2007, FR10112, LOC. ARARAQUARA")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153301", "11395")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153301", " TRANSBORDO SMR 10500 10 T, ANO 2008, FR10124, LOC. SERRA")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153276", "11414")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153276", " COLHEDORA JOHN DEERE 3510, ANO 2008, FR107494, LOC. SERRA")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157071", "11522")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157071", "TABLET X 7 (70 UNDs APROXIMADA), S/FR,  LOC. BONFIM ")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
-      <c r="A194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157072", "11523")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157072", "COMPUTADOR MAG 300 (54 UNDs APROXIMADA), S/FR, LOC. BONFIM ")</f>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157074", "11543")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157074", "6 CENTRIFUCAS AÇUCAR COMPLETA, 1 MOTOR RESERVA E 2 PAINEIS, S/ FR, LOC. ZANIN")</f>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157075", "11544")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157075", "4 AQUECEDORES, S/ FR, LOC. ZANIN")</f>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>48.000,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157076", "11548")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157076", "REBOQUE 4E RANDONSP RQ CA, ANO 2010/2011, AZUL, FR93655, LOC. ZANIN")</f>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
-      <c r="A198" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157077", "11553")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157077", "S.REBOQUE USICAMP SRCP E2 10000, ANO 2009/2009, AZUL, FR36184, LOC. ZANIN")</f>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
-      <c r="A199" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157078", "11558")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157078", "S. REBOQUE SERGOMEL SRSCPI 2E, ANO 2014/2014, CINZA, FR17234, LOC. ZANIN")</f>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
-      <c r="A200" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157079", "11561")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157079", "SEMI-REBOQUE RANDON SP SRCA CA, ANO 2012/2013, CINZA. - FR93674 - LOC.ZANIN ")</f>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
-      <c r="A201" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157080", "11566")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157080", "S. REBOQUE RODOFORT SA SRC 2E, ANO 2008/2008, AZUL , FR56298, LOC. ZANIN")</f>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
-      <c r="A202" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157081", "11568")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157081", "REBOQUE RANDON RQ CA, ANO 2012/2013, CINZA, FR361352, LOC. ZANIN")</f>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
-      <c r="A203" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157082", "11569")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157082", "REBOQUE RANDONSP RQ CA, ANO 2012/2013, CINZA , FR121567, LOC. ZANIN ")</f>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>66.000,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
-      <c r="A204" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157083", "11570")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157083", "S.REBOQUE RANDON SP SRCA CA, ANO 2012/2013, CINZA , FR361337, LOC. ZANIN")</f>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
-      <c r="A205" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153213", "12000")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153213", " CAMINHÃO VW. 15-190 WORKER, ANO 2014/2014, BRANCA, FR20027, LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
-      <c r="A206" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153211", "12001")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153211", " CARRETA ABRIGO FAB.PRÓPRIA, ANO 2006, FR92708, LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
-      <c r="A207" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153217", "12002")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153217", " CARRETA ABRIGO FAB.PRÓPRIA, ANO 2008, FR92736, LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
-      <c r="A208" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153218", "12003")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153218", " SULCADOR, ANO 2003, FR92620, LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
-      <c r="A209" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153216", "12004")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153216", " CULTIVADOR 2L CARDERROLI, ANO 2015, FR92885, LOC.JUNQUEIRA ")</f>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
-      <c r="A210" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153222", "12005")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153222", " IMPLEMENTOS, ANO 2013, FR92843, LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
-      <c r="A211" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153214", "12006")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153214", " TRANSBORDO SANTAL 12 T, ANO 2013, FR93864, LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
-      <c r="A212" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153221", "12007")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153221", " TRANBORDO SMR 10500 10T, ANO 2008, FR10131, LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
-      <c r="A213" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153212", "12008")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153212", " TRANSBORDO SANTAL VT 10T, ANO 2009, FR10148, LOC.  JUNQUEIRA  ")</f>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
-      <c r="A214" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153226", "12009")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153226", " PULVERIZADOR CONDOR M12, ANO 2003, FR92596, LOC.  JUNQUEIRA  ")</f>
       </c>
       <c r="C214" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E214" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
-      <c r="A215" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153219", "12010")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153219", " REBOQUE 4E RANDON SP RQ CA 12,5M, ANO 2010/2010, AZUL, FR96769, LOC.JUNQUEIRA  ")</f>
       </c>
       <c r="C215" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E215" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
-      <c r="A216" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153215", "12011")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153215", " TRANSBORDO ATA 12000 12T, ANO 2012, FR93867, LOC.JUNQUEIRA  ")</f>
       </c>
       <c r="C216" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
-      <c r="A217" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153220", "12012")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153220", " TRANSBORDO SMR 10500 10 T, ANO 2008, FR10128,  LOC.JUNQUEIRA  ")</f>
       </c>
       <c r="C217" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
-      <c r="A218" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153230", "12013")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153230", " TRANSBORDO SMR 10500 10 T, ANO 2008, FR10127,  LOC.JUNQUEIRA  ")</f>
       </c>
       <c r="C218" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
-      <c r="A219" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153228", "12014")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153228", " REBOQUE 4E RANDON SP RQ CA 12,5M, ANO 2010/2010, AZUL , FR93639, LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C219" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D219" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E219" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
-      <c r="A220" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153225", "12015")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153225", " S.REBOQUE USICAMP 12,50 M, SRCP E2 10000, ANO 2008/2008,AZUL, FR96275, LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C220" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D220" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E220" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F220" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
-      <c r="A221" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153229", "12016")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153229", " S.REBOQUE USICAMP 12,50 M, SRCP E2 10000, ANO 2008/2008, AZUL , FR96284, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C221" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D221" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F221" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
-      <c r="A222" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153223", "12017")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153223", " REBOQUE 4E RANDON 12,5M, RQ CA, ANO 2010/2010, AZUL, FR96764, LOC JUNQUEIRA ")</f>
       </c>
       <c r="C222" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D222" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E222" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F222" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
-      <c r="A223" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153231", "12018")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153231", " REBOQUE 4E FACCHINI RF TC 12,5M (QUEIMADA), ANO 2015/2015, CINZA, FR112669, LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C223" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D223" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E223" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F223" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
-      <c r="A224" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153224", "12019")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153224", " PLANT.CANA TMA 2 LINHAS, ANO 2014, FR92867, LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C224" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D224" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E224" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F224" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
-      <c r="A225" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153240", "12020")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153240", " CARRETA TANQUE 5000 LTS., ANO 2011, FR122329,LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C225" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D225" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E225" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
-      <c r="A226" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153245", "12021")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153245", " PLANT. CANA ATA PCP 1102, ANO 2012, FR92829, LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C226" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D226" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E226" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F226" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
-      <c r="A227" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153247", "12022")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153247", " CARRETA DE PLANTIO, ANO 2013, FR92853, LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C227" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D227" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E227" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F227" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
-      <c r="A228" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153227", "12023")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153227", " PLANT.CANA AUTOMÁTICA DMB, ANO 2010, FR92768, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C228" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D228" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E228" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F228" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
-      <c r="A229" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153241", "12024")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153241", " PLANT.CANA AUTOMÁTICA DMB, ANO 2010, FR92766, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C229" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D229" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E229" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F229" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
-      <c r="A230" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A230" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153242", "12025")</f>
+      </c>
+      <c r="B230" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153242", " PLANT.CANA AUTOMÁTICA DMB, ANO 2010, FR134053, LOC. JUNQUEIRA")</f>
       </c>
       <c r="C230" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D230" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E230" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F230" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
-      <c r="A231" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A231" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153243", "12026")</f>
+      </c>
+      <c r="B231" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153243", " CARRETA TROPICAL 2.200 LTS, ANO 2012, FR92802, LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C231" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D231" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E231" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F231" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
-      <c r="A232" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A232" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153244", "12027")</f>
+      </c>
+      <c r="B232" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153244", " PLANT.CANA AUTOMÁTICA DMB, ANO 2010, FR103902, LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C232" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D232" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E232" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F232" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
-      <c r="A233" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A233" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153252", "12030")</f>
+      </c>
+      <c r="B233" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153252", " HIDROROLL HIRRIGABRASIL SEM MOTOR, ANO 1998, FR11003550, LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C233" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D233" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E233" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F233" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
-      <c r="A234" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A234" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153258", "12032")</f>
+      </c>
+      <c r="B234" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153258", " TRATOR M.F MF50X ID 2.13723, FR213723, LOC.VALE DO ROSARIO ")</f>
       </c>
       <c r="C234" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D234" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E234" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F234" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
-      <c r="A235" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A235" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153253", "12033")</f>
+      </c>
+      <c r="B235" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153253", " MOTOGERADOR ., S/FR, LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C235" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D235" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E235" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F235" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
-      <c r="A236" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A236" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153248", "12034")</f>
+      </c>
+      <c r="B236" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153248", " TRATOR CARREGADEIRA M.F 290 , ANO 1993, FR11002081, LOC. VALE DO ROSARIO ")</f>
       </c>
       <c r="C236" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D236" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E236" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F236" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
-      <c r="A237" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A237" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153263", "12035")</f>
+      </c>
+      <c r="B237" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153263", " GRADE ARADORA CIVEMASA, ANO 2014, FR11003753,  LOC. VALE DO ROSARIO ")</f>
       </c>
       <c r="C237" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D237" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E237" s="5" t="inlineStr">
         <is>
           <t>40.250,00</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
-      <c r="A238" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A238" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153251", "12036")</f>
+      </c>
+      <c r="B238" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153251", " TRANS.CIVEMASA TRIDEM 13T / TRANS. SANTAL VT 10T, ANO 2008, E 2012, FR13003145/FR9004086, LOC. VALE DO ROSARIO ")</f>
       </c>
       <c r="C238" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D238" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E238" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F238" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
-      <c r="A239" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A239" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153249", "12037")</f>
+      </c>
+      <c r="B239" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153249", " TRANS.CIVEMASA TRIDEM 13T, ANO 2008, FR9004006, LOC. VALE DO ROSARIO ")</f>
       </c>
       <c r="C239" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D239" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E239" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F239" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
-      <c r="A240" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A240" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153246", "12038")</f>
+      </c>
+      <c r="B240" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153246", " TRANS.CIVEMASA TRIDEM 13T, ANO 2008, FR9004053, LOC. VALE DO ROSARIO ")</f>
       </c>
       <c r="C240" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D240" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E240" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F240" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
-      <c r="A241" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A241" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153254", "12039")</f>
+      </c>
+      <c r="B241" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153254", " TRANS.CIVEMASA TRIDEM 13T, ANO 2008, FR5004803, LOC. VALE DO ROSARIO ")</f>
       </c>
       <c r="C241" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D241" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E241" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F241" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
-      <c r="A242" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A242" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153250", "12040")</f>
+      </c>
+      <c r="B242" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153250", " CONTAINER COM 1 JANELA , S/ FR, LOC. VALE DO ROSARIO ")</f>
       </c>
       <c r="C242" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D242" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E242" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F242" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
-      <c r="A243" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A243" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153262", "12041")</f>
+      </c>
+      <c r="B243" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153262", " CONTAINER COM 2 JANELA E BANHEIRO, S/FR, LOC. VALE DO ROSARIO ")</f>
       </c>
       <c r="C243" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D243" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E243" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F243" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
-      <c r="A244" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A244" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153256", "12043")</f>
+      </c>
+      <c r="B244" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153256", " EQUIPAMENTO SERV. DIVERSOS , FR116052, LOC. SANTA ELISA ")</f>
       </c>
       <c r="C244" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D244" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E244" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F244" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
-      <c r="A245" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A245" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153268", "12044")</f>
+      </c>
+      <c r="B245" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153268", " GRADE DESTORROADORA TATU, ANO 2012, FR1003130, LOC. SANTA ELISA ")</f>
       </c>
       <c r="C245" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D245" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E245" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F245" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
-      <c r="A246" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A246" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153255", "12045")</f>
+      </c>
+      <c r="B246" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153255", "GRADE ARADORA PESADA, MARCA  CIVEMASA, ANO 2013,  FR1003143,  LOC. SANTA ELISA ")</f>
       </c>
       <c r="C246" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D246" s="4" t="inlineStr">
         <is>
           <t>84</t>
         </is>
       </c>
       <c r="E246" s="5" t="inlineStr">
         <is>
           <t>41.500,00</t>
         </is>
       </c>
       <c r="F246" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
-      <c r="A247" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A247" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156125", "12047")</f>
+      </c>
+      <c r="B247" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156125", "MOTOR COM GERADOR BAMBOZZI 1800 RPM, SERIE N° 356545, LOC. SANTA ELISA")</f>
       </c>
       <c r="C247" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D247" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E247" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F247" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
-      <c r="A248" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A248" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153261", "12048")</f>
+      </c>
+      <c r="B248" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153261", " CULTIVADOR C/TANQUE DMB, ANO 2012, FR11003635, LOC. SANTA ELISA ")</f>
       </c>
       <c r="C248" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D248" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E248" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F248" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
-      <c r="A249" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A249" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153257", "12050")</f>
+      </c>
+      <c r="B249" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153257", " 3 CARRETINHAS SERV.GERAIS, ANO 2016, FRS14003623/3633/3627, LOC. SANTA ELISA ")</f>
       </c>
       <c r="C249" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D249" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E249" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F249" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
-      <c r="A250" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A250" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153267", "12052")</f>
+      </c>
+      <c r="B250" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153267", " TANQUE DE AÇO, S/FR, LOC. SANTA ELISA ")</f>
       </c>
       <c r="C250" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D250" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E250" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F250" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
-      <c r="A251" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A251" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153265", "12053")</f>
+      </c>
+      <c r="B251" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153265", " 4 TUBOS INOX/FERROSO, S/FR, LOC. SANTA ELISA ")</f>
       </c>
       <c r="C251" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D251" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E251" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F251" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
-      <c r="A252" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A252" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153269", "12054")</f>
+      </c>
+      <c r="B252" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153269", " 17 TUBOS DE AÇO MED. DIVERSAS, S/FR, LOC. SANTA ELISA ")</f>
       </c>
       <c r="C252" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D252" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E252" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F252" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
-      <c r="A253" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A253" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153270", "12055")</f>
+      </c>
+      <c r="B253" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153270", " 10 TON. TUBOS EVAPORAÇÃOMED. 6MTS X 2 "P" /TESOURAS -( VENDA POR KILO ) , S/FR, LOC. SANTA ELISA ")</f>
       </c>
       <c r="C253" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D253" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E253" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F253" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
-      <c r="A254" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A254" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153266", "12056")</f>
+      </c>
+      <c r="B254" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153266", " TRANSFORMADOR INCOTRAZA, S/FR, LOC. SANTA ELISA ")</f>
       </c>
       <c r="C254" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D254" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E254" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F254" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
-      <c r="A255" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A255" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153273", "12057")</f>
+      </c>
+      <c r="B255" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153273", " TANQUE AÇO VERTICAL, S/FR, LOC. SANTA ELISA ")</f>
       </c>
       <c r="C255" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D255" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E255" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F255" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
-      <c r="A256" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A256" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153264", "12058")</f>
+      </c>
+      <c r="B256" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153264", " TANQUE AÇO  VERTICAL C/ MOTOR, S/FR, LOC. SANTA ELISA ")</f>
       </c>
       <c r="C256" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D256" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E256" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F256" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
-      <c r="A257" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A257" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153272", "12059")</f>
+      </c>
+      <c r="B257" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153272", " SUBSOLADOR CIVEMASA, ANO 2014, FR14003605, LOC. SANTA ELISA")</f>
       </c>
       <c r="C257" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D257" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E257" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F257" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
-      <c r="A258" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A258" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153259", "12060")</f>
+      </c>
+      <c r="B258" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153259", " GRADE DESTORROADORA CIVEMASA,ANO 2013,  FR14003593, LOC. SANTA ELISA ")</f>
       </c>
       <c r="C258" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D258" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E258" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F258" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
-      <c r="A259" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A259" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153271", "12061")</f>
+      </c>
+      <c r="B259" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153271", " SUBSOLADOR CIVEMASA, ANO 2013, FR1003156, LOC. SANTA ELISA")</f>
       </c>
       <c r="C259" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D259" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E259" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F259" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
-      <c r="A260" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A260" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153311", "16421")</f>
+      </c>
+      <c r="B260" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153311", " TRANSBORDO SANTAL 12 T, ANO 2013, FR88953, LOC. GASA ")</f>
       </c>
       <c r="C260" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D260" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E260" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F260" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
-      <c r="A261" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A261" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153303", "16482")</f>
+      </c>
+      <c r="B261" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153303", " COLHEDORA JOHN DEERE 3520, ANO 2010, FR81718, LOC. GASA ")</f>
       </c>
       <c r="C261" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D261" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E261" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F261" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
-      <c r="A262" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A262" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153277", "16483")</f>
+      </c>
+      <c r="B262" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153277", " COLHEDORA JOHN DEERE 3522, ANO 2010, FR173406, LOC. GASA")</f>
       </c>
       <c r="C262" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D262" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E262" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F262" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
-      <c r="A263" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A263" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153289", "16486")</f>
+      </c>
+      <c r="B263" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153289", " COLHEDORA J. DEERE , ANO 2008, FR117226, LOC. GASA ")</f>
       </c>
       <c r="C263" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D263" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E263" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F263" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
-      <c r="A264" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A264" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153310", "16492")</f>
+      </c>
+      <c r="B264" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153310", " TRANSBORDO SERMAG 12 T, ANO 2009, FR84972, LOC. GASA ")</f>
       </c>
       <c r="C264" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D264" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E264" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F264" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
-      <c r="A265" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A265" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153295", "16500")</f>
+      </c>
+      <c r="B265" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153295", " TRANSBORDO ATA 12000 12T, ANO 2012, FR123758, LOC. GASA ")</f>
       </c>
       <c r="C265" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D265" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E265" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F265" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
-      <c r="A266" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A266" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153278", "16519")</f>
+      </c>
+      <c r="B266" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153278", " COLHEDORA J DEERE, ANO 2013, FR173409, LOC. UNIVALEM ")</f>
       </c>
       <c r="C266" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D266" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E266" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F266" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
-      <c r="A267" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A267" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153294", "16526")</f>
+      </c>
+      <c r="B267" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153294", " COLHEDORA J DEERE, ANO 2010, FR81742, LOC. UNIVALEM ")</f>
       </c>
       <c r="C267" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D267" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E267" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F267" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
-      <c r="A268" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A268" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153287", "16546")</f>
+      </c>
+      <c r="B268" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153287", " TRANSBORDO ATA 12000 , ANO 2010, FR84780, LOC. UNIVALEM")</f>
       </c>
       <c r="C268" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D268" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E268" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F268" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
-      <c r="A269" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A269" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153285", "16547")</f>
+      </c>
+      <c r="B269" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153285", " TRANSBORDO ATA 12000 12T, ANO 2012, FR112495, LOC. UNIVALEM ")</f>
       </c>
       <c r="C269" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D269" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E269" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F269" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
-      <c r="A270" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A270" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153299", "16551")</f>
+      </c>
+      <c r="B270" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153299", " TRANSBORDO SANTAL 12 T, ANO 2014, FR84621,  LOC. UNIVALEM ")</f>
       </c>
       <c r="C270" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D270" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E270" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F270" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
-      <c r="A271" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A271" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153304", "16554")</f>
+      </c>
+      <c r="B271" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153304", " TRANSBORDO, FR57646 , LOC. UNIVALEM")</f>
       </c>
       <c r="C271" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D271" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E271" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F271" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
-      <c r="A272" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A272" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153280", "16557")</f>
+      </c>
+      <c r="B272" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153280", " TRANSBORDO ATA 12000 12T, ANO 2012, FR84612, LOC. UNIVALEM ")</f>
       </c>
       <c r="C272" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D272" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E272" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F272" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
-      <c r="A273" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A273" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153300", "16558")</f>
+      </c>
+      <c r="B273" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153300", " TRANSBORDO SANTAL 12 T, ANO 2014, FR84633, LOC. UNIVALEM ")</f>
       </c>
       <c r="C273" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D273" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E273" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F273" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
-      <c r="A274" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A274" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153275", "16572")</f>
+      </c>
+      <c r="B274" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153275", " TRANSBORDO SANTAL, ANO 2008, FR88774, LOC. BENALCOOL")</f>
       </c>
       <c r="C274" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D274" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E274" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F274" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
-      <c r="A275" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A275" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153279", "16574")</f>
+      </c>
+      <c r="B275" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153279", " TRANSBORDO SANTAL, ANO 2014, FR84630, LOC. BENALCOOL")</f>
       </c>
       <c r="C275" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D275" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E275" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F275" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
-      <c r="A276" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A276" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153236", "16575")</f>
+      </c>
+      <c r="B276" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153236", " TRANSBORDO SANTAL, ANO 2014, FR173163, LOC. BENALCOOL")</f>
       </c>
       <c r="C276" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D276" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E276" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F276" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
-      <c r="A277" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A277" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153274", "16584")</f>
+      </c>
+      <c r="B277" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153274", " TRANSBORDO , ANO 2014, FR91275, LOC. DESTIVALE")</f>
       </c>
       <c r="C277" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D277" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E277" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F277" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
-      <c r="A278" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A278" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153206", "17215")</f>
+      </c>
+      <c r="B278" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153206", " Torre de Resfriamento (nota será emitida como sucata Plastica). - S/FR. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C278" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D278" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E278" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F278" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
-      <c r="A279" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A279" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153187", "17320")</f>
+      </c>
+      <c r="B279" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153187", " Venda por KILO Sucata Valvula 10 Ton. Aprox Venda por Kilo. - S/FR. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C279" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D279" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E279" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F279" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
-      <c r="A280" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A280" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153204", "17321")</f>
+      </c>
+      <c r="B280" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153204", " APROX. 36 EQUIPAMENTOS DIVERSOS, VEJA DESCRITIVO DE ITENS. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C280" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D280" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E280" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F280" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
-      <c r="A281" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A281" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153190", "17322")</f>
+      </c>
+      <c r="B281" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153190", " 50 Telhas Zinco, 1 Banco cimento, 15 Aprox.  Vasos/Lavatorio/Coluna Sucateado. - S/FR. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C281" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D281" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E281" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F281" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
-      <c r="A282" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A282" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153182", "17323")</f>
+      </c>
+      <c r="B282" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153182", " 50 Und. Aprox. de Cadeiras, 1 Maq. De lavar. - S/FR. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C282" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D282" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E282" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F282" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
-      <c r="A283" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A283" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153177", "17324")</f>
+      </c>
+      <c r="B283" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153177", " Enfardadora Palha Arrast, ANO 2015. - FR.57090. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C283" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D283" s="4" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="E283" s="5" t="inlineStr">
         <is>
           <t>107.250,00</t>
         </is>
       </c>
       <c r="F283" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
-      <c r="A284" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A284" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153195", "17325")</f>
+      </c>
+      <c r="B284" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153195", " Enfardadora Palha Arrast, ANO 2017. - FR.48606. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C284" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D284" s="4" t="inlineStr">
         <is>
           <t>167</t>
         </is>
       </c>
       <c r="E284" s="5" t="inlineStr">
         <is>
           <t>127.000,00</t>
         </is>
       </c>
       <c r="F284" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
-      <c r="A285" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A285" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153198", "17326")</f>
+      </c>
+      <c r="B285" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153198", " CAMINHÃO MERCEDES Benz Axor 3344S 6x4 CAV. ANO 2012/2012, BRANCO - FR.362096. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C285" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D285" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E285" s="5" t="inlineStr">
         <is>
           <t>133.000,00</t>
         </is>
       </c>
       <c r="F285" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
-      <c r="A286" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A286" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153178", "17327")</f>
+      </c>
+      <c r="B286" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153178", " Carreta Serv. Gerais, 3 Bedouro e 1 Escada de aluminio. ANO 1998 - FR.48004. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C286" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D286" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E286" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F286" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
-      <c r="A287" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A287" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153166", "17328")</f>
+      </c>
+      <c r="B287" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153166", "Chevrolet S10 venda como sucata (VENDA SEM DOCUMENTO), ANO 2012 - FR.46619. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C287" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D287" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E287" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F287" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
-      <c r="A288" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A288" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153183", "17329")</f>
+      </c>
+      <c r="B288" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153183", " CAMINHÃO MERCEDES Benz Axor 3344S 6x4 CAV. ANO 2014/2014, BRANCO - FR.362096. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C288" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D288" s="4" t="inlineStr">
         <is>
           <t>96</t>
         </is>
       </c>
       <c r="E288" s="5" t="inlineStr">
         <is>
           <t>153.000,00</t>
         </is>
       </c>
       <c r="F288" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
-      <c r="A289" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A289" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153173", "17330")</f>
+      </c>
+      <c r="B289" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153173", " Desenleirador Palha DMB, ANO 2013. - FR.48175. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C289" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D289" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E289" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F289" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
-      <c r="A290" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A290" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153165", "17331")</f>
+      </c>
+      <c r="B290" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153165", " Car.Fardo de Palha M12010, ANO 2012. - FR.48309. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C290" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D290" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E290" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F290" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
-      <c r="A291" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A291" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153169", "17332")</f>
+      </c>
+      <c r="B291" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153169", " Car.Fardo de Palha M12010, ANO 2015. - FR.48311. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C291" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D291" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E291" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F291" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
-      <c r="A292" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A292" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153208", "17333")</f>
+      </c>
+      <c r="B292" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153208", " CAMINHÃO VOLKSWAGEM 26-220 EURO3 WORKER 6x4 Carroceria Tanque, ANO 2010/2010, BRANCO. - FR.43010/FR42409. - LOC. IPAUSSU/SP ")</f>
       </c>
       <c r="C292" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D292" s="4" t="inlineStr">
         <is>
           <t>99</t>
         </is>
       </c>
       <c r="E292" s="5" t="inlineStr">
         <is>
           <t>154.000,00</t>
         </is>
       </c>
       <c r="F292" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
-      <c r="A293" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A293" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153193", "17334")</f>
+      </c>
+      <c r="B293" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153193", " Estrutura Pulverizador, 5 Tanques e Mantas de Vinhaça, ANO 2018. - FR.48282. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C293" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D293" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E293" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F293" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
-      <c r="A294" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A294" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153207", "17335")</f>
+      </c>
+      <c r="B294" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153207", "2 Desenleirador Palha Carderoli, ANO 2018. - FR.48283/84. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C294" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D294" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E294" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F294" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
-      <c r="A295" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A295" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153171", "17336")</f>
+      </c>
+      <c r="B295" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153171", " Transbordo ATA 12000 12T, ANO 2012. - FR.47071. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C295" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D295" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E295" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F295" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
-      <c r="A296" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A296" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153184", "17337")</f>
+      </c>
+      <c r="B296" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153184", " Transbordo ATA 12000 12T, ANO 2012. - FR.47064. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C296" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D296" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E296" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F296" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
-      <c r="A297" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A297" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153186", "17338")</f>
+      </c>
+      <c r="B297" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153186", " Transbordo ATA 12T, ANO 2013. - FR.47086. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C297" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D297" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E297" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F297" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
-      <c r="A298" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A298" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153168", "17339")</f>
+      </c>
+      <c r="B298" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153168", " SEMI - Reboque  Randon SRCA CA 12,50 M, ANO 2013/2014, CINZA. - FR.82726. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C298" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D298" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E298" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F298" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
-      <c r="A299" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A299" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153172", "17340")</f>
+      </c>
+      <c r="B299" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153172", " SEMI - Reboque  Randon SRCA CA 12,50 M, ANO 2012/2013, CINZA. - FR.82713. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C299" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D299" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E299" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F299" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
-      <c r="A300" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A300" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153181", "17341")</f>
+      </c>
+      <c r="B300" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153181", " SEMI - Reboque  Randon SRCA CA 12,50 M, ANO 2013/2014, CINZA. - FR.46975. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C300" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D300" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E300" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F300" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
-      <c r="A301" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A301" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153188", "17342")</f>
+      </c>
+      <c r="B301" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153188", " SEMI - Reboque  Randon SRCA CA 12,50 M, ANO 2012/2012, AZUL. - FR.46946. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C301" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D301" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E301" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F301" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
-      <c r="A302" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A302" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153194", "17343")</f>
+      </c>
+      <c r="B302" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153194", " SEMI - Reboque  Randon SRCA CA 12,50 M, ANO 2012/2012, AZUL. - FR.46921. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C302" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D302" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E302" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F302" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
-      <c r="A303" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A303" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153191", "17344")</f>
+      </c>
+      <c r="B303" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153191", " SEMI - Reboque  Randon SRCA CA 12,50 M, ANO 2012/2013, CINZA. - FR.70815. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C303" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D303" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E303" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F303" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
-      <c r="A304" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A304" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153202", "17345")</f>
+      </c>
+      <c r="B304" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153202", " SEMI - Reboque Usicamp SRCP E2 10000, 12,50 M, ANO 2008/2008, AZUL. - FR.46858. - LOC. IPAUSSU/SP")</f>
       </c>
       <c r="C304" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D304" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E304" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F304" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
-      <c r="A305" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A305" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153185", "17346")</f>
+      </c>
+      <c r="B305" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153185", " Reboque  Randon RQ CA 12,50 M, ANO 2012/2013, CINZA. - FR.46961. - LOC. IPAUSSU/SP ")</f>
       </c>
       <c r="C305" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D305" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E305" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F305" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
-      <c r="A306" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A306" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153192", "17347")</f>
+      </c>
+      <c r="B306" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153192", " Reboque  Randon RQ CA 12,50 M, ANO 2012/2013, CINZA. - FR.70838. - LOC. IPAUSSU/SP ")</f>
       </c>
       <c r="C306" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D306" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E306" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F306" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
-      <c r="A307" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A307" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153174", "17348")</f>
+      </c>
+      <c r="B307" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153174", "Reboque  Randon RQ CA 12,50 M, ANO 2010/2010, AZUL. -FR.46870. ( SINISTRO/RECUPERADO)  - LOC. IPAUSSU/SP ")</f>
       </c>
       <c r="C307" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D307" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E307" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F307" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
-      <c r="A308" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A308" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153203", "17349")</f>
+      </c>
+      <c r="B308" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153203", " Reboque  Randon RQ CA 12,50 M, ANO 2012/2012, AZUL. - FR.46928.( SINISTRADO MÉDIA MONTA)  - LOC. IPAUSSU/SP ")</f>
       </c>
       <c r="C308" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D308" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E308" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F308" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
-      <c r="A309" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A309" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153209", "17350")</f>
+      </c>
+      <c r="B309" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153209", " Reboque  Randon RQ CA 12,50 M, ANO 2010/2010, AZUL. - FR.46891. ( SINISTRADO/RECUPERADO)  - LOC. IPAUSSU/SP ")</f>
       </c>
       <c r="C309" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D309" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E309" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F309" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
-      <c r="A310" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A310" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153205", "17351")</f>
+      </c>
+      <c r="B310" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153205", " Reboque  Randon RQ CA 12,50 M, ANO 2012/2013, AZUL. - FR.82684. - LOC. IPAUSSU/SP ")</f>
       </c>
       <c r="C310" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D310" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E310" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F310" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
-      <c r="A311" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A311" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153477", "18013")</f>
+      </c>
+      <c r="B311" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153477", " CARRETA ABRIGO FAB.PRÓPRIA, ANO 2009 , FR164371, LOC. JATAI ")</f>
       </c>
       <c r="C311" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D311" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E311" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F311" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
-      <c r="A312" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A312" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153472", "18014")</f>
+      </c>
+      <c r="B312" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153472", " CARRETA ABRIGO FAB.PRÓPRIA, ANO 2009 , FR164372, LOC. JATAI ")</f>
       </c>
       <c r="C312" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D312" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E312" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F312" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
-      <c r="A313" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A313" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153471", "18015")</f>
+      </c>
+      <c r="B313" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153471", " CARRETA ABRIGO FAB.PRÓPRIA, ANO 2009, FR164376, LOC. JATAI ")</f>
       </c>
       <c r="C313" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D313" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E313" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F313" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
-      <c r="A314" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A314" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153506", "18021")</f>
+      </c>
+      <c r="B314" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153506", " PLANT.CANA AUTOMÁTICA DMB, ANO 2010, FR91550, LOC.JATAI ")</f>
       </c>
       <c r="C314" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D314" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E314" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F314" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
-      <c r="A315" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A315" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153470", "18083")</f>
+      </c>
+      <c r="B315" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153470", " CARRETA ABRIGO FAB.PRÓPRIA, ANO 2013, FR164396, LOC. JATAI ")</f>
       </c>
       <c r="C315" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D315" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E315" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F315" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
-      <c r="A316" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A316" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153478", "18084")</f>
+      </c>
+      <c r="B316" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153478", " CARRETA ABRIGO FAB.PRÓPRIA, ANO 2013, FR164392,  LOC. JATAI ")</f>
       </c>
       <c r="C316" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D316" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E316" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F316" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
-      <c r="A317" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A317" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153473", "18111")</f>
+      </c>
+      <c r="B317" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153473", "SUCATA CAMINHÃO VW. 26-280 CRM 6X4, ANO 2013, FR163201, ( SEM DIREITO A DOCUMENTO )  LOC. JATAI")</f>
       </c>
       <c r="C317" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D317" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E317" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F317" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
-      <c r="A318" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A318" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153313", "18112")</f>
+      </c>
+      <c r="B318" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153313", " REBOQUE SOUFER CA 4E, ANO 2012/2012, CINZA, FR164401, LOC. JATAI ")</f>
       </c>
       <c r="C318" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D318" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E318" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F318" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
-      <c r="A319" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A319" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153533", "18113")</f>
+      </c>
+      <c r="B319" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153533", "SUCATA DE RODAS, S/FR, LOC. JATAI ")</f>
       </c>
       <c r="C319" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D319" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E319" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F319" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
-      <c r="A320" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A320" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153341", "18115")</f>
+      </c>
+      <c r="B320" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153341", " CARRETINHA TANQUE DE ACO CARBONO CAPAC 5000L, PLAQ.228659/228660, LOC. JATAI ")</f>
       </c>
       <c r="C320" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D320" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E320" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F320" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
-      <c r="A321" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A321" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153507", "18116")</f>
+      </c>
+      <c r="B321" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153507", " TRANS. STA ISABEL TCS 12T, ANO 2010, FR164309, LOC. JATAI ")</f>
       </c>
       <c r="C321" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D321" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E321" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F321" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
-      <c r="A322" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A322" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153504", "18117")</f>
+      </c>
+      <c r="B322" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153504", " TRANS. STA ISABEL TCS 12T, ANO 2011, FR164341, LOC. JATAI ")</f>
       </c>
       <c r="C322" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D322" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E322" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F322" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
-      <c r="A323" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A323" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153501", "18118")</f>
+      </c>
+      <c r="B323" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153501", " TRANS. STA ISABEL TCS 12T, ANO 2010, FR164302, LOC. JATAI ")</f>
       </c>
       <c r="C323" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D323" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E323" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F323" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
-      <c r="A324" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A324" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153503", "18119")</f>
+      </c>
+      <c r="B324" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153503", " TRANS. STA ISABEL TCS 12T, ANO 2010, FR68030, LOC.JATAI ")</f>
       </c>
       <c r="C324" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D324" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E324" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F324" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
-      <c r="A325" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A325" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153505", "18120")</f>
+      </c>
+      <c r="B325" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153505", " TRANS. STA ISABEL TCS 12T, ANO 2010, FR38347, LOC.JATAI ")</f>
       </c>
       <c r="C325" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D325" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E325" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F325" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
-      <c r="A326" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A326" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153502", "18121")</f>
+      </c>
+      <c r="B326" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153502", " TRANS. STA ISABEL TCS 12T, ANO 2011, FR164346, LOC. JATAI ")</f>
       </c>
       <c r="C326" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D326" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E326" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F326" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
-      <c r="A327" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A327" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153475", "18122")</f>
+      </c>
+      <c r="B327" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153475", "CAMINHÃO VW. 26-280 CRM 6X4, ANO 2012, FR163202, LOC. JATAI")</f>
       </c>
       <c r="C327" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D327" s="4" t="inlineStr">
         <is>
           <t>91</t>
         </is>
       </c>
       <c r="E327" s="5" t="inlineStr">
         <is>
           <t>138.000,00</t>
         </is>
       </c>
       <c r="F327" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
-      <c r="A328" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A328" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153479", "18124")</f>
+      </c>
+      <c r="B328" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153479", "CAMINHÃO VW. 15-180 WORKER, ANO 2008, FR163118, LOC. JATAI")</f>
       </c>
       <c r="C328" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D328" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E328" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F328" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
-      <c r="A329" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A329" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153235", "18125")</f>
+      </c>
+      <c r="B329" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153235", " REBOQUE SOUFER CA 4E, ANO 2012/2012, CINZA, FR164181, LOC. JATAI ")</f>
       </c>
       <c r="C329" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D329" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E329" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F329" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
-      <c r="A330" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A330" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153308", "18126")</f>
+      </c>
+      <c r="B330" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153308", " REBOQUE SOUFER CA 4E, ANO 2012/2012, CINZA, FR164431, LOC. JATAI ")</f>
       </c>
       <c r="C330" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D330" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E330" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F330" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
-      <c r="A331" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A331" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153302", "18127")</f>
+      </c>
+      <c r="B331" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153302", " S.REBOQUE RANDON SRCA CA, ANO 2012/2012, AZUL , FR10914,  (VENDA SEM SAPATA HIDRÁULICA), LOC. JATAI ")</f>
       </c>
       <c r="C331" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D331" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E331" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F331" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
-      <c r="A332" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A332" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153314", "18128")</f>
+      </c>
+      <c r="B332" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153314", " S.REBOQUE RANDON SRCA CA , ANO 2008/2008, AZUL, FR91186,  (VENDA SEM SAPATA HIDRÁULICA), LOC. JATAI ")</f>
       </c>
       <c r="C332" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D332" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E332" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F332" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
-      <c r="A333" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A333" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153317", "18129")</f>
+      </c>
+      <c r="B333" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153317", " REBOQUE RANDONSP RQ CA, ANO 2013/2014, CINZA, FR121609, LOC. JATAI ")</f>
       </c>
       <c r="C333" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D333" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E333" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F333" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
-      <c r="A334" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A334" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153333", "18130")</f>
+      </c>
+      <c r="B334" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153333", " S.REBOQUE RANDON SRCA CA, ANO 2008/2008, AZUL, FR96237, (VENDA SEM SAPATA HIDRÁULICA)LOC. JATAI ")</f>
       </c>
       <c r="C334" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D334" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E334" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F334" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
-      <c r="A335" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A335" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153342", "18131")</f>
+      </c>
+      <c r="B335" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153342", " REBOQUE SOUFER CA 4E, ANO 2012/2012, CINZA, FR164403, LOC. JATAI ")</f>
       </c>
       <c r="C335" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D335" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E335" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F335" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
-      <c r="A336" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A336" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153348", "18132")</f>
+      </c>
+      <c r="B336" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153348", " S.REBOQUE RANDONSP SRCA CA, ANO 2011/2011, AZUL, FR164133, LOC. JATAI ")</f>
       </c>
       <c r="C336" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D336" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E336" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F336" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
-      <c r="A337" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A337" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153476", "18133")</f>
+      </c>
+      <c r="B337" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153476", " VALTRA 205I 4X4 HIFLOW, ANO 2011, FR163462, LOC. JATAI ")</f>
       </c>
       <c r="C337" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D337" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E337" s="5" t="inlineStr">
         <is>
           <t>83.000,00</t>
         </is>
       </c>
       <c r="F337" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
-      <c r="A338" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A338" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153474", "18134")</f>
+      </c>
+      <c r="B338" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153474", " FILTRO DE OLEO VAZAO 11000 MOD  OF 11000 D, ANO 2009, FR228978, LOC. JATAI ")</f>
       </c>
       <c r="C338" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D338" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E338" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F338" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
-      <c r="A339" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A339" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153328", "18135")</f>
+      </c>
+      <c r="B339" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153328", " TRANSFORMADOR CAP 6000 KVA A OLEO MOD  TUC 6000 , ANO 2009,  (E COMPONENTES), LOC. JATAI ")</f>
       </c>
       <c r="C339" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D339" s="4" t="inlineStr">
         <is>
           <t>245</t>
         </is>
       </c>
       <c r="E339" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F339" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
-      <c r="A340" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A340" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153319", "18136")</f>
+      </c>
+      <c r="B340" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153319", "3 BEBEDOUROS, PATR. 110141/110191/ 110166,  LOC. JATAI ")</f>
       </c>
       <c r="C340" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D340" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E340" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F340" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
-      <c r="A341" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A341" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153356", "18137")</f>
+      </c>
+      <c r="B341" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153356", " 1 LAVADORA ALTA PRES KARCHER HDS12/15, PLAQ. 122528, LOC. JATAI ")</f>
       </c>
       <c r="C341" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D341" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E341" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F341" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
-      <c r="A342" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A342" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153359", "18138")</f>
+      </c>
+      <c r="B342" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153359", " PEÇAS AUTOMOTIVA (VEJA DESCRITIVO), S/FR, LOC. JATAI ")</f>
       </c>
       <c r="C342" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D342" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E342" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F342" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
-      <c r="A343" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A343" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153335", "18139")</f>
+      </c>
+      <c r="B343" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153335", " PEÇAS COLHEDORA E TRATOR (VEJA DECRITIVO), S/FR, LOC. JATAI ")</f>
       </c>
       <c r="C343" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D343" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E343" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F343" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
-      <c r="A344" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A344" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153320", "18140")</f>
+      </c>
+      <c r="B344" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153320", " SUCATA TRUCK COLHEDORA DE CANA, S/FR, LOC. JATAI ")</f>
       </c>
       <c r="C344" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D344" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E344" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F344" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
-      <c r="A345" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A345" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157088", "20619")</f>
+      </c>
+      <c r="B345" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157088", " CAMINHÃO MERCEDES BENZ, MOD. AXOR 3344 6X4, ANO 2015/2015. - FR58640. - LOC. COSTA PINTO/SP")</f>
       </c>
       <c r="C345" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D345" s="4" t="inlineStr">
         <is>
           <t>86</t>
         </is>
       </c>
       <c r="E345" s="5" t="inlineStr">
         <is>
           <t>160.000,00</t>
         </is>
       </c>
       <c r="F345" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
-      <c r="A346" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A346" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157089", "20620")</f>
+      </c>
+      <c r="B346" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157089", " CAMINHAO MERCEDES-BENZ AXOR 3344 6X4, ANO 2014. - FR10639. - LOC. COSTA PINTO/SP")</f>
       </c>
       <c r="C346" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D346" s="4" t="inlineStr">
         <is>
           <t>86</t>
         </is>
       </c>
       <c r="E346" s="5" t="inlineStr">
         <is>
           <t>160.000,00</t>
         </is>
       </c>
       <c r="F346" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
-      <c r="A347" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A347" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153309", "20630")</f>
+      </c>
+      <c r="B347" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153309", " CARROCERIA ABAS.F.BAZUKA, ANO 2013, FR140601, LOC. BOM RETIRO")</f>
       </c>
       <c r="C347" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D347" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E347" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F347" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
-      <c r="A348" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A348" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153297", "20659")</f>
+      </c>
+      <c r="B348" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153297", " REBOQUE RANDON 4E 12,5M TOMBO DIREITO, 2010/2011, FR36271, LOC. BOM RETIRO")</f>
       </c>
       <c r="C348" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D348" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E348" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F348" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
-      <c r="A349" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A349" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153281", "20665")</f>
+      </c>
+      <c r="B349" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153281", " SEMI-REBOQUE RANDON 12,50M CANA INTEIRA TOMBO DIREITO, ANO 2014/2014, FR56381, (VEIC.SINISTRADO MED.MONTA), LOC. BOM RETIRO ")</f>
       </c>
       <c r="C349" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D349" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E349" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F349" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
-      <c r="A350" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A350" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154140", "20666")</f>
+      </c>
+      <c r="B350" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154140", "PA-CARREGADORA VOLVO L90D – ANO 2001 - FR139538, LOC. COSTA PINTO ")</f>
       </c>
       <c r="C350" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D350" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E350" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F350" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
-      <c r="A351" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A351" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153291", "20682")</f>
+      </c>
+      <c r="B351" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153291", " SEMI-REBOQUE RANDON 12,50M CANA INTEIRA TOMBO DIREITO, ANO 2008/2008, LOC. LOC. BOM RETIRO")</f>
       </c>
       <c r="C351" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D351" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E351" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F351" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
-      <c r="A352" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A352" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153306", "20685")</f>
+      </c>
+      <c r="B352" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153306", " SEMI-REBOQUE RANDON 12,50M CANA INTEIRA TOMBO DIREITO, ANO 2008/2008, FR56275 , (REMARCAÇAO DE CHASSI), LOC. BOM RETIRO ")</f>
       </c>
       <c r="C352" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D352" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E352" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F352" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
-      <c r="A353" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A353" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155370", "20691")</f>
+      </c>
+      <c r="B353" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155370", " TANQUE DE METAL , SF./ LOC. LEME / SP ")</f>
       </c>
       <c r="C353" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D353" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E353" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F353" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
-      <c r="A354" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A354" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153322", "20694")</f>
+      </c>
+      <c r="B354" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153322", " REBOQUE RANDON 4E 12,5M TOMBO DIREITO, ANO 2010/2010, FR66183, LOC. BOM RETIRO ")</f>
       </c>
       <c r="C354" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D354" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E354" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F354" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
-      <c r="A355" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A355" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153286", "20695")</f>
+      </c>
+      <c r="B355" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153286", " MOTOBOMBA ALBRIZZI-PETRY, ANO 1987, FR23704, LOC. BOM RETIRO ")</f>
       </c>
       <c r="C355" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D355" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E355" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F355" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
-      <c r="A356" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A356" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153324", "20697")</f>
+      </c>
+      <c r="B356" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153324", " DISTRIBUIDOR TORTA 10M3 4 LINHA, ANO 2011, FR38011, LOC. BOM RETIRO ")</f>
       </c>
       <c r="C356" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D356" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E356" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F356" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
-      <c r="A357" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A357" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155375", "20697")</f>
+      </c>
+      <c r="B357" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155375", "FILTRO DE INOX, PLQ209133,  LOC. RAFARD")</f>
       </c>
       <c r="C357" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D357" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E357" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F357" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
-      <c r="A358" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A358" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153296", "20698")</f>
+      </c>
+      <c r="B358" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153296", " PLANTADORA DE CANA SOLLUS FLEX 8080, FR48212, LOC. BOM RETIRO ")</f>
       </c>
       <c r="C358" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D358" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E358" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F358" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
-      <c r="A359" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A359" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153292", "20699")</f>
+      </c>
+      <c r="B359" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153292", " 4 ADUBADEIRAS  MARCA JUMIL MODELO JM3520SH, ANO 2011, FR57305/FR57317/FR57318/FR57304, LOC. BOM RETIRO ")</f>
       </c>
       <c r="C359" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D359" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E359" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F359" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
-      <c r="A360" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A360" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153232", "20700")</f>
+      </c>
+      <c r="B360" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153232", " CAMINHAO VW. 26-220 6X4 COM TANQUE, ANO 2010, (FR26028/ FR22125)   LOC. BOM RETIRO ")</f>
       </c>
       <c r="C360" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D360" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E360" s="5" t="inlineStr">
         <is>
           <t>118.000,00</t>
         </is>
       </c>
       <c r="F360" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
-      <c r="A361" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A361" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153339", "20702")</f>
+      </c>
+      <c r="B361" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153339", " TANQUE EM FIBRA 35M3 - NR 03 CIRCULAÇÃO DE NPK, PLAQ.40059-0, LOC. LEME ")</f>
       </c>
       <c r="C361" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D361" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E361" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F361" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
-      <c r="A362" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A362" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153321", "20703")</f>
+      </c>
+      <c r="B362" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153321", " TANQUE EM FIBRA, NPK, 35M3 - NR 01, PLAQ.2030-40064-0, LOC. LEME ")</f>
       </c>
       <c r="C362" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D362" s="4" t="inlineStr">
         <is>
           <t>110</t>
         </is>
       </c>
       <c r="E362" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F362" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
-      <c r="A363" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A363" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153338", "20704")</f>
+      </c>
+      <c r="B363" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153338", " TANQUE EM FIBRA, NPK, 35M3 - NR 02, PLAQ. 2030-40067-0, LOC. LEME ")</f>
       </c>
       <c r="C363" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D363" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E363" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F363" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
-      <c r="A364" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A364" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153327", "20705")</f>
+      </c>
+      <c r="B364" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153327", " TANQUE EM ACO, NPK, 35M3 - NR 04, PLAQ. 2030-40071-0, LOC. LEME ")</f>
       </c>
       <c r="C364" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D364" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E364" s="5" t="inlineStr">
         <is>
           <t>23.250,00</t>
         </is>
       </c>
       <c r="F364" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
-      <c r="A365" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A365" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153315", "20706")</f>
+      </c>
+      <c r="B365" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153315", " BOMBA CENTRIFUGA MCA IMBIL MOD ISM.G 100X35 ANO 2011 80M3/H - BOMBA NR 01 CIRCULACAO NPK, PLAQ. 40077-0, MEL_WEG_30CV_180M_1765RPM ANO 2005,   LOC. LEME ")</f>
       </c>
       <c r="C365" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D365" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E365" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F365" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
-      <c r="A366" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A366" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153284", "20707")</f>
+      </c>
+      <c r="B366" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153284", " BOMBA CENTRIFUGA 150M3/H IMBIL ISMG 150-100 12MCA - BCE BOMBA NR 01, PLAQ. 40042-0, LOC. LEME ")</f>
       </c>
       <c r="C366" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D366" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E366" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F366" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
-      <c r="A367" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A367" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153326", "20708")</f>
+      </c>
+      <c r="B367" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153326", " TANQUE EM ACO,AGUA DE GASES, 5M3, PLAQ.2030-40098-0,02 COLUNAS VERTICAIS EM AÇO DE ABSORCAO DE GASES, PLAQ.2030-40104-0/ 2030-40109-0, LOC. LEME ")</f>
       </c>
       <c r="C367" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D367" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E367" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F367" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
-      <c r="A368" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A368" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153282", "20709")</f>
+      </c>
+      <c r="B368" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153282", " TANQUE EM AÇO CAP 1000M3, AQUAMONIA, PLAQ.2030-40172-0, LOC.LEME ")</f>
       </c>
       <c r="C368" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D368" s="4" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="E368" s="5" t="inlineStr">
         <is>
           <t>54.750,00</t>
         </is>
       </c>
       <c r="F368" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
-      <c r="A369" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A369" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153337", "20710")</f>
+      </c>
+      <c r="B369" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153337", " TANQUE EM AÇO CAP 150M3, AMONIA, PLAQ. 2030-40166-0, LOC. LEME ")</f>
       </c>
       <c r="C369" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D369" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E369" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F369" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
-      <c r="A370" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A370" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153305", "20711")</f>
+      </c>
+      <c r="B370" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153305", " 03 TROCADORES DE PLACA MCA  ALFA LAVAL MOD  P.14-HBM 60 PLACAS, NR 01, NR 02, NR 03,  PLAQ. 2030-40185-0/ 2030-40191-0/ PLAQ.2030-40195-0, LOC. LEME ")</f>
       </c>
       <c r="C370" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D370" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E370" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F370" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
-      <c r="A371" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A371" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153336", "20714")</f>
+      </c>
+      <c r="B371" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153336", " CHASSI DE GRADE PESADA, S/FR., LOC. LEME ")</f>
       </c>
       <c r="C371" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D371" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E371" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F371" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
-      <c r="A372" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A372" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153288", "20715")</f>
+      </c>
+      <c r="B372" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153288", " 2 CHASSIS DE GRADE PESADA SEM FROTA (1 AMARELA, E LARANJA), S/FR, LOC. LEME ")</f>
       </c>
       <c r="C372" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D372" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E372" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F372" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
-      <c r="A373" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A373" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153561", "25000")</f>
+      </c>
+      <c r="B373" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153561", "01 MÁQUINA DE ENVASE - JS MULTI ENVASE, S/ FR- LOC. BRIA - Base de Araucária")</f>
       </c>
       <c r="C373" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D373" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E373" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F373" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
-      <c r="A374" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A374" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168801", "30036")</f>
+      </c>
+      <c r="B374" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/168801", " REBOQUE RANDONSP RQ CA, ANO 2010/2010, AZUL , FR96791, ( VENDA SEM RODAS E SEM PNEUS), LOC. SANTA CANDIDA ")</f>
       </c>
       <c r="C374" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D374" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E374" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F374" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>