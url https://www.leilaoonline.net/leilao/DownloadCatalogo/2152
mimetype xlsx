--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1051 +269,923 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152849", "090")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152849", "veja o vídeo!! CHEV/ONIX PLUS 10TAT PR1; 2019/2020; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - FIPE: 88.172,00")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>56.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152517", "092")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152517", "veja o vídeo!! I/FORD RANGER XL CD4 22C; 2019/2020; BRANCA; DIESEL - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>78.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152518", "094")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152518", "veja o vídeo!! VW/GOLF GTE AF; 2020/2020; AZUL; GASOL./ELÉTRICO - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>118.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152523", "096")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152523", "veja o vídeo!! HONDA/HR-V EXL CVT; 2019/2020; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>81.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152533", "097")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152533", "veja o vídeo!! CHEV/ONIX JOY; 2019/2020; AZUL; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>52.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152521", "098")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152521", "veja o vídeo!! VW/VIRTUS MF; 2019/2020; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>48.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152848", "099")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152848", "veja o vídeo!! HONDA/HR-V EX CVT; 2015/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>55.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152522", "100")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152522", "veja o vídeo!! RENAULT/DUSTER EXPRESSION 1.6; 2018/2019; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152516", "101")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152516", "veja o vídeo!! I/VW TIGUAN ALLSPACE CL; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>53.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152520", "103")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152520", "I/VW PASSAT HL TSI AA; 2018/2018; PRATA; GASOLINA - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152519", "104")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152519", "TOYOTA/COROLLA ALTISFLEX; 2014/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>51.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152524", "105")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152524", "FIAT/TORO FREEDOM AT; 2016/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>56.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152536", "106")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152536", "veja o vídeo!! TOYOTA/ETIOS HB XS; 2012/2013; CINZA; ALCO.GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152525", "107")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152525", "veja o vídeo!! I/LR EVOQUE DYNAMIC 5D; 2013/2013; VERMELHA; GASOLINA - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152532", "108")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152532", "veja o vídeo!! I/MINI COOPER S; 2009/2010; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152529", "109")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152529", "veja o vídeo!! FIAT/UNO WAY 1.0; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152526", "110")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152526", "veja o vídeo!! I/M. BENZ GLA200FF; 2015/2016; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152535", "111")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152535", "veja o vídeo!! I/AUDI A4 2.0TFSI; 2012/2013; PRETA; GASOLINA - FUNCIONANDO - APROX. 58.000KM - IPVA 2022 OK")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>41.250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152530", "112")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152530", "JEEP/RENEGADE 1.8 AT; 2020/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152537", "113")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152537", "veja o vídeo!! PEUGEOT/208 ACTIVE; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152534", "114")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152534", "I/KIA PICANTO EX3 1.0L; 2009/2010; CINZA; GASOLINA - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152528", "115")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152528", "veja o vídeo!! NISSAN/MARCH 16SL; 2014/2015; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152531", "117")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152531", "veja o vídeo!! I/MMC ASX 2.0; 2012/2012; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152527", "118")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152527", "RENAULT/LOGAN EXPR 16 M; 2016/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152539", "123")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152539", "veja o vídeo!! VW/FOX 1.0 GII; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152545", "126")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152545", "veja o vídeo!! I/FIAT SIENA EL 1.4 FLEX; 2014/2015; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152540", "127")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152540", "RENAULT/SCENIC EXP 1616V; 2005/2006; PRETA; ALCO./GASOL. - FUNCIONANDO ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152544", "128")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152544", "CITROEN/PICASSO II16GLXF; 2008/2009; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152546", "129")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152546", "veja o vídeo!! I/CITROEN C5 20 EXCL BVA; 2006/2006; PRATA; GASOLINA - FUNCIONANDO - IPVA 2022 OK ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152541", "134")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152541", "CHEVROLET/ONIX 1.4AT LTZ; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152542", "137")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152542", "CITROEN/PICASSO II16GLXF; 2011/2012; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152543", "139")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152543", "GM/CORSA HATCH MAXX; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>