--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,2139 +269,1875 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152709", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152709", "10 PÇS Gaveteiro Rolante Ricco com rodízio - 03 gavetas s/chaves- ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152735", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152735", "10 PÇS Gaveteiro Rolante Ricco com rodízio - 03 gavetas s/chaves- ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152736", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152736", "10 PÇS Gaveteiro Rolante Ricco com rodízio - 03 gavetas s/chaves - ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152737", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152737", "10 PÇS Gaveteiro Rolante Ricco com rodízio - 03 gavetas s/chaves- ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152738", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152738", "10 PÇS Gaveteiro Rolante Ricco com rodízio - 03 gavetas s/chaves- ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152739", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152739", "10 PÇS Gaveteiro Rolante Ricco com rodízio - 03 gavetas s/chaves- ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152740", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152740", "10 PÇS Gaveteiro Rolante Ricco com rodízio - 03 gavetas s/chaves - ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152741", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152741", "10 PÇS Gaveteiro Rolante Ricco com rodízio - 03 gavetas s/chaves- ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152742", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152742", "10 PÇS Gaveteiro Rolante Ricco com rodízio - 03 gavetas s/chaves- ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152710", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152710", " 1  Moto- Bomba Imbril 150/400 de Incêndio  motor MWM  - Diesel")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152712", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152712", "1 Seladora Conjugada Delta Pack")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152743", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152743", "1 Seladora Conjugada Delta Pack")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152711", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152711", "5 un. Chapa Xadrez tam: 2x1mt - 5mm espessura")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152744", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152744", "5 un. Chapa Xadrez tam: 2x1mt - 5mm espessura")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152745", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152745", "5 un. Chapa Xadrez tam: 2x1mt - 5mm espessura")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152746", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152746", "5 un. Chapa Xadrez tam: 2x1mt - 5mm espessura")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152747", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152747", "5 un. Chapa Xadrez tam: 2x1mt - 5mm espessura")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152748", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152748", "5 un. Chapa Xadrez tam: 2x1mt - 5mm espessura")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152749", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152749", "5 un. Chapa Xadrez tam: 2x1mt - 5mm espessura")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152750", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152750", "5 un. Chapa Xadrez tam: 2x1mt - 5mm espessura")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152751", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152751", "5 un. Chapa Xadrez tam: 2x1mt - 5mm espessura")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152752", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152752", "5 un. Chapa Xadrez tam: 2x1mt - 5mm espessura")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152753", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152753", "110 und Piso Elevado /chapas 62x62 - alt. De 20cm")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152713", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152713", "110 und Piso Elevado /chapas 62x62 - alt. De 20cm")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152714", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152714", " Acessórios para Rack de Servidor. Veja Especificações")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152717", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152717", "3 unidades de Torre Duplicadora - c 11 gravadores cada")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152754", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152754", "2 unidades de Torre Duplicadora - c 11 gravadores cada")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152716", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152716", " 12 un. de K7  EVAPORADORA / HIDRÔNICO  / AR COND  YORK - 48,800BTU - C/ CONTROLE REMOTO ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152715", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152715", " 12 un. de K7  EVAPORADORA / HIDRÔNICO  / AR COND  YORK - 48,800BTU - C/ CONTROLE REMOTO ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152719", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152719", " 12 un. de K7  EVAPORADORA / HIDRÔNICO  / AR COND  YORK - 48,800BTU - C/ CONTROLE REMOTO ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152718", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152718", " 12 un. de K7  EVAPORADORA / HIDRÔNICO  / AR COND  YORK - 48,800BTU - C/ CONTROLE REMOTO ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152722", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152722", " 12 un. de K7  EVAPORADORA / HIDRÔNICO  / AR COND  YORK - 48,800BTU - C/ CONTROLE REMOTO ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152721", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152721", " 12 un. de K7  EVAPORADORA / HIDRÔNICO  / AR COND  YORK - 48,800BTU - C/ CONTROLE REMOTO ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152720", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152720", " 12 un. de K7  EVAPORADORA / HIDRÔNICO  / AR COND  YORK - 48,800BTU - C/ CONTROLE REMOTO ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152725", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152725", "100 unidades FONTE CHAVEADA 60A")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152723", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152723", " 75 unidades FONTE CHAVEADA 29A")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152724", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152724", "1 UNIDADE FILTRO SODRAMAR SODRAMAR FM100 - SEM A BOMBA")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152755", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152755", "1 UNIDADE FILTRO SODRAMAR SODRAMAR FM100 - SEM A BOMBA")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152726", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152726", "1 UNIDADE de Mapoteca PANDIM 05 gavetas")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152756", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152756", "1 UNIDADE de Mapoteca PANDIM 05 gavetas")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152729", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152729", " 1 unidades Mapoteca PANDIM 10 gavetas")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152728", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152728", "1 unidade CHILLER CARRIER 330TR - 30GXB 380V - compressor parafuso a ar")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152727", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152727", "1 unidade CHILLER CARRIER 330TR - 30GXB 380V - compressor parafuso a ar")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152730", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152730", " 1 unidade CHILLER YORK 200T")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>390.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152731", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152731", " 1 unidade PAINEL PRINCIPAL UNIVERSAL MONPAINEIS 220Vca 12Vcc DES: 7726")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152732", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152732", "100 unidades FONTE CHAVEADA 60A")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152733", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152733", "100 unidades FONTE CHAVEADA 60A")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152734", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152734", "94 unidades FONTE CHAVEADA 60A")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152767", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152767", " 05 ARQUIVOS EM MADEIRA 04 GAVETAS - MEDIDAS 46X62X135CM")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152757", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152757", " 05 ARMÁRIOS EM MADEIRA 02 PORTAS - MEDIDAS 80X50X130CM - RICCO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152772", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152772", " 06 ARMARIOS EM MADEIRA 02 PORTAS - MEDIDAS 80X50X130CM - RICCO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152763", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152763", " 05 ARMÁRIOS GUARDA VOLUMES 06 PORTAS MEDIDAS 155X70X200CM")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152764", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152764", " 04 ARMÁRIOS GUARDA VOLUMES 06 PORTAS MEDIDAS 155X70X200CM")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152758", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152758", " 02 ARMÁRIOS GUARDA VOLUMES 04 PORTAS MEDIDAS 155X70X200CM")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152774", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152774", " 02 ARMÁRIOS GUARDA VOLUMES 04 PORTAS MEDIDAS 155X70X200CM")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152773", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152773", " 10 APARELHOS DE TELEFONE INTELBRAS SERIE 400 DIGITAL")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152765", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152765", " 06 CAIXAS INCENDIO MEDIDAS 60X30X90CM")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152766", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152766", " 02 CAIXAS INCENDIO MEDIDAS 65X17X96CM")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152770", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152770", " 10 CÂMERAS DE CIRCUITO INTERNO")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152761", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152761", " 05 MESAS ERGONÔMICAS. MEDIDAS 120X80CM")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152760", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152760", " 05 MESAS ERGONÔMICAS. MEDIDAS 120X80CM")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152771", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152771", " 02 UNIDADES DE PALETEIRA MANUAL")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152768", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152768", " 02 UNIDADES DE PALETEIRA MANUAL")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152769", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152769", " 02 RACK'S SERVIDOR MEDIDAS 60X62X200CM")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152762", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152762", " 02 RACK'S SERVIDOR MEDIDAS 60X62X200CM")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152759", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152759", " 33 CARCAÇAS DE TORRE CPU")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>