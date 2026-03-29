--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10137", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10137", " MICRO ÔNIBUS MARCOPOLO VOLARE V6; 2005/2006; BRANCA; DIESEL; PL.: DJP-3035; CH.: 93PB37D2M6017087; KM: 206897; OBS.: COM MOTOR DESMONTADO; PNEUS: RUIM.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10140", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10140", " MICRO ÔNIBUS MARCOPOLO VOLARE A6; 2004/2004; BRANCA; DIESEL; PL.: BPZ-0934; CH.: 93PB23C2M4C011910; KM: 83117; OBS.: PNEUS: RUIM.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10138", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10138", " MOTONIVELADORA CAT 120B. OBS.: FALTANDO 1 RODA.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10139", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10139", " FIAT DUCATO MINUBUS 2.8 JTD; 2007/2008; BRANCA; DIESEL; PL.: DJP-6072; CH.: 93W244M2382020760; OBS.: PNEUS: REGULAR.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10142", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10142", " FIAT DOBLÔ RONTAM AMBULÂNCIA; 2009/2009; BRANCA; FLEX; PL.: EEF-2973; CH.: 9BD22315592016751; OBS.: PNEUS: REGULAR.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10143", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10143", " SUCATA FERROSA MISTA.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10144", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10144", " CARRETINHA TIPO ENGATE EM MADEIRA C/ 2 PNEUS RUINS.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...164 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...15 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10148", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10148", " 2 FOGÕES INDUSTRIAIS; ; 1 PROCESSADORA AUTOMÁTICA; 1 MACA; 1 CADEIRA DE RODAS; OBS.: CONFORME EXPOSTO.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...15 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10146", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10146", " BASES P/ MÁQUINA DE COSTURA C/ 4 MOTORES ELÉTRICOS DE MÁQUINA OVERLOQUE.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10147", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10147", " MONITORES, CPUS, NOBREAKS, TECLADOS, IMPRESSORA.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...62 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10145", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10145", " PÁ CARREGADEIRA CAT 930T; SÉRIE: 17B01400; HORÍMETRO: 4636. OBS.: PNEUS RUIM.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>39.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>