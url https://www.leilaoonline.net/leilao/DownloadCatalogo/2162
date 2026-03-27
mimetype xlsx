--- v0 (2025-11-20)
+++ v1 (2026-03-27)
@@ -269,1787 +269,1567 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152953", "494")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152953", " 293253-9 -ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>36.520,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152943", "495")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152943", " 292435-8- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP         ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>36.520,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152942", "499")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152942", " 292436-6- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                 ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>36.520,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152962", "512")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152962", " 10 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.105,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152964", "551")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152964", " 12 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.326,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152966", "627")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152966", " 10 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.105,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152963", "646")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152963", " 12 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.326,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152952", "783")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152952", " 263293-4- FIESTA 1.6 FLEX SEDAN, ANO 2013/2014, LOC. SÃO PAULO/SP            ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>23.600,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152970", "787")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152970", " 292430-7- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP          ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>36.520,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152958", "788")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152958", " 292707-1- ETIOS 1.5 XS HATCH, ANO 2016/2017, LOC. SÃO PAULO/SP                  ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>35.970,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152954", "789")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152954", " 292708-0- ETIOS 1.5 XS HATCH, ANO 2016/2017, LOC. SÃO PAULO/SP     ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>35.970,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152960", "790")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152960", " 293250-4- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                 ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>35.690,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152957", "793")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152957", "  277924-2-AZERA 3.0 HYUNDAI GASOLINA, ANO 2014/2015, LOC. SÃO PAULO/SP        ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>57.550,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152951", "795")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152951", "14 POLTRONA GIRATÓRIA GIROFLEX COM BRAÇO F8L76S6W01 - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.547,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152961", "796")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152961", "16 POLTRONA GIRATÓRIA GIROFLEX COM BRAÇO F8L76S6W01 - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.768,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152968", "840")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152968", " 292427-7- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP          ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>36.520,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152955", "841")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152955", " 292431-5- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                  ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>36.520,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152969", "842")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152969", " 292428-5- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                      ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>36.520,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152956", "843")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152956", " 293249-1- ETIOS 1.5 XS SEDAN, ANO 2016/2017,LOC. SÃO PAULO/SP  ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>36.520,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152959", "845")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152959", " 292429-3- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP              ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>36.520,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152967", "846")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152967", " 292432-3- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP              ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>36.520,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152965", "2052")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152965", " 10 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.105,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152950", "2053")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152950", " 12 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.326,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152949", "2058")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152949", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.210,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152946", "2059")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152946", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.210,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152947", "2060")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152947", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.210,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152945", "2061")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152945", " 21 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>2.320,50</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152971", "2074")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152971", " 293248-2- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP  ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>36.520,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152948", "4181")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152948", " 15 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.657,50</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152972", "17398")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152972", "02 SENSORES, 01 TELA , 01 APPLIANCE, 01 WEBCAM, 01 RACK DUPLO, ( OBS. VEJA ABAIXO ESPECIFICAÇÕES DO LOTE) , LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>2.870,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154256", "17402")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154256", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204547-8. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.530,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154259", "17403")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154259", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204558-3. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.480,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154260", "17405")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154260", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204557-5. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.430,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154257", "17406")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154257", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204555-9. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.430,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154261", "17408")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154261", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204563-0. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.430,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154294", "17410")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154294", " BICICLETA ERGOMETRICA JOHNSON C8000, FCBM: 204549-4. - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.430,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154258", "17439")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154258", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM: 204539-7. - LOC. SÃO PAULO/SP       ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154262", "18000")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154262", "05 MONITORES CRISTAL LIQUIDO 18.5" AOC 940SWA , LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>175,78</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153523", "18135")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153523", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>2.210,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153530", "18136")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153530", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>2.210,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153521", "18137")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153521", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>2.210,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153518", "18138")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153518", " 16 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.768,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153517", "18139")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153517", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>2.210,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153524", "18140")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153524", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>2.210,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153516", "18141")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153516", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>2.210,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153529", "18142")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153529", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.210,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153531", "18143")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153531", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>2.210,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153520", "18144")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153520", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>2.210,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153522", "18145")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153522", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.210,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153525", "18146")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153525", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>2.210,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152944", "20552")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/152944", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>2.210,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153526", "20722")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153526", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.210,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153528", "20723")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153528", " 22 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>2.431,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153519", "20724")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153519", " 22 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>2.431,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153527", "20725")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153527", " 21 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>2.320,50</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>