--- v0 (2025-10-17)
+++ v1 (2026-03-27)
@@ -269,635 +269,559 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153538", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153538", " 8 Impressoras LASER BROTHER 8912/8512/8157")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153540", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153540", " 7 Impressoras LASER BROTHER 8860/8065")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153542", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153542", " 19 Notebooks - Diversas configurações")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153556", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153556", " 11 Notebooks - Positivo")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153541", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153541", " 6 Impressoras Térmicas (não fiscal)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153545", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153545", " 3 Projetores")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153539", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153539", " 13 Tablets")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153555", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153555", " 50 Teclados de notebook variados")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153548", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153548", " 28 Telas de notebook (funcionando)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153553", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153553", " 6 All in one LENOVO CORE I5 - (todos funcionando)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153547", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153547", " 10 Placas mãe LGA 1155")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153543", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153543", " 10 Fontes mini ATX (Todas funcionando)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...20 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153544", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153544", " 12 Nobreaks")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153546", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153546", " 5 Switchs")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153551", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153551", " (3 Unids.) Peças de 3 Televisores PANASSONIC / SAMSUNG (Placas, fonte, logicas,controle, placas wifi...)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153554", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153554", " 7 Leitores de cartão")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153549", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153549", " Rack para servidor")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="E26" s="5" t="inlineStr">
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153550", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153550", " 2 Aparelhos resolda   Aparelho soprador térmico")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153552", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/153552", " Lote de CPUs mistas (30 Unidades)")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>