--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -269,1147 +269,1007 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154149", "20733")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154149", " FIAT STRADA HD WORKING CC E, ANO 2018/2018, BRANCA. - FR. 2001339. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154167", "20734")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154167", " FIAT PÁLIO FIRE WAY, ANO 2015/2015,BRANCA. - FR. 2001182. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154148", "20735")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154148", " FIAT DOBLO ESSENCE 7L E, ANO 2018/2018, BRANCA. - FR. 2001332. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>35.722,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154144", "20736")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154144", "  FIAT UNO MILLE WAY  ECON, ANO 2013/2013, BRANCO. - FR. 2001055. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154147", "20737")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154147", " RENAULT DUSTER 20D 4X4, ANO 2016/2017, BRANCA. - FR. 2001297. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154145", "20738")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154145", " FIAT PÁLIO FIRE WAY, ANO 2014/2015,BRANCA. - FR. 2001182. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154170", "20739")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154170", " FIAT STRADA WORKING, ANO 2016/2016, BRANCA. - FR. 2001288. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154158", "20740")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154158", " FIAT STRADA HD WORKING CC E, ANO 2019/2019, BRANCA. - FR. 2001397. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154154", "20741")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154154", " FIAT STRADA HD WORKING CC E, ANO 2018/2019, BRANCA. - FR. 2001364. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154152", "20742")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154152", " FIAT STRADA HD WORKING CC E, ANO 2018/2019, BRANCA. - FR. 2001366. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154164", "20743")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154164", " FIAT STRADA WORKING, ANO 2016/2016, BRANCA. - FR. 2001284. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154172", "20744")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154172", " FIAT STRADA HD WORKING CC E, ANO 2018/2019, BRANCA. - FR. 2001377. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>34.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154178", "20745")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154178", " FIAT STRADA HD WORKING CC E, ANO 2018/2019, BRANCA. - FR. 2001369. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154171", "20746")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154171", " FIAT STRADA HD WORKING CC E, ANO 2020/2020, BRANCA. - FR. 2001739. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154169", "20747")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154169", " FIAT STRADA HD WORKING CC E, ANO 2018/2018, BRANCA. - FR. 2001342. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>34.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154163", "20748")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154163", " FIAT STRADA HD WORKING CC E, ANO 2019/2019, BRANCA. - FR. 2001394. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154162", "20749")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154162", " FIAT STRADA WORKING, ANO 2016/2016, BRANCA. - FR. 2001283. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154175", "20750")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154175", " FIAT STRADA WORKING, ANO 2017/2018, BRANCA. - FR. 2001330. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154165", "20751")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154165", " FIAT STRADA HD WORKING CC E, ANO 2019/2019, BRANCA. - FR. 2001398. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154166", "20752")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154166", " FIAT STRADA HD WORKING CC E, ANO 2018/2019, BRANCA. - FR. 2001363. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154168", "20753")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154168", " FIAT PÁLIO FIRE WAY, ANO 2014/2015,BRANCA. - FR. 2001194. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>20.750,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154146", "20754")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154146", " FIAT PÁLIO FIRE WAY, ANO 2014/2015,BRANCA. - FR. 2001183. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>17.750,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154153", "20755")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154153", " FIAT PÁLIO FIRE WAY, ANO 2014/2015,BRANCA. - FR. 2001196. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>20.750,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154157", "20756")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154157", " FIAT PÁLIO FIRE WAY, ANO 2014/2015,BRANCA. - FR. 2001187. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154173", "20757")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154173", " FIAT STRADA HD WORKING CC E, ANO 2020/2020, BRANCA. - FR. 2001740. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154174", "20758")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154174", " FIAT STRADA HD WORKING CC E, ANO 2018/2018, BRANCA. - FR. 2001348. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>34.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154176", "20759")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154176", " FIAT STRADA HD WORKING CC E, ANO 2020/2020, BRANCA. - FR. 2001748. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154156", "20760")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154156", " FIAT STRADA HD WORKING CC E, ANO 2018/2018, BRANCA. - FR. 2001337. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154159", "20761")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154159", " FIAT STRADA HD WORKING CC E, ANO 2018/2018, BRANCA. - FR. 2001340. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>34.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154155", "20762")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154155", " FIAT STRADA WORKING, ANO 2016/2016, BRANCA. - FR. 2001260. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154177", "20763")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154177", " FIAT STRADA HD WORKING CC E, ANO 2019/2019, BRANCA. - FR. 2001396. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154151", "20764")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154151", " FIAT STRADA HD WORKING CC E, ANO 2018/2019, BRANCA. - FR. 2001373. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154160", "20765")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154160", " FIAT STRADA HD WORKING CC E, ANO 2020/2020, BRANCA. - FR. 2001747. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154161", "20766")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154161", " FIAT STRADA HD WORKING CC E, ANO 2019/2019, BRANCA. - FR. 2001705. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154150", "20767")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154150", " FIAT STRADA HD WORKING CC E, ANO 2018/2019, BRANCA. - FR. 2001372. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>