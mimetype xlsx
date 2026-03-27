--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,3067 +269,2687 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155770", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155770", "MOTOR MERCEDES BENS 366 PARCIAL")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155882", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155882", " PÁ CARREGADEIRA 930R")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155889", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155889", "[ VÍDEOS ]  ESCAVADEIRA CAT 312CL ANO 2006 OPERACIONAL ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>181.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155883", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155883", " CONJUNTO CAVALO VOLVO FH12 420 6X4T ANO 2003 E PRANCHA RANDON 3 EIXOS ANO 1978 ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>138</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>238.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155786", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155786", " EIXO DIRECIONAL PARA ROLO SP8000 E DYNAPAC MED 13/80-20")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155769", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155769", " BLOCO CAT 3406 4N6019")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155895", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155895", " TRATOR DE ESTEIRA D4E ANO 89")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155762", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155762", " MOTOR NISSAN COM DIFERENCIAL E CAMBIO PARA EMPILHADEIRA ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155785", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155785", " RIPPER D7")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155884", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155884", " MINI PÁ CARREGADEIRA 246C 2010")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155799", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155799", "[ VÍDEO ] TRATOR VALMET MOTOR MWM 4C ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155890", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155890", " FRONTIER 4X4 AZUL . DIESEL. ANO 2021")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155788", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155788", "PÁ CARREGADEIRA CATERPILLAR 966C ANO 1982 OPERACIONAL ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>111.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155907", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155907", " USINA DE ASFALTO NO ESTADO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155797", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155797", " TRATOR DE ESTEIRA D6B NO ESTADO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155812", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155812", "ESCAVADEIRA FIATALLIS HITACHI FH 450 ANO 1998 OPERACIONAL")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155800", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155800", "[ VÍDEOS ] TRATOR DE ESTEIRA D4E SR ANO 1996 MOTOR 3304 C/ PLACA E EMBREAGEM OPERACIONAL")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>133.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155763", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155763", " EIXO DIFERENCIAL DIANTEIRO EMPILHADEIRA YALE 50VX")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155909", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155909", "[ VÍDEO ] 04 UNIDADES DE ÔNIBUS MERCEDES 2008 ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155903", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155903", " [ VÍDEO ] MOTONIVELADORA CAT 140G ANO 95 OPERACIONAL")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155791", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155791", " COMPRESSOR INGERSOLL RAND ANO 2007 PARAFUSO MOTOR MWM 4CC 180PSI OPERACIONAL")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155793", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155793", " COMPRESSOR ATLAS COPCO ANO 1990  PARAFUSO MOTOR PERKINS 4CC 180PSI  OPERACIONAL")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155790", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155790", " 02 COMPRESSORES INGERSOLL RAND ANO 1980 PALHETA  MOTOR MWM 4CC 180PSI OPERACIONAL")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155789", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155789", " COMPRESSOR INGERSOLL RAND ANO 1980 PISTÃO MOTOR MERCEDES 4CC 120PSI  OPERACIONAL")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155792", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155792", " LÂMINA D6 ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155892", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155892", " CAMINHÃO MERCEDES 1313 ANO 1979")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155794", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155794", "ROLO PÉ DE CARNEIRO COMBAT ANO 2006 (COMPLETO, MOTOR ESTÁ EM RETÍFICA)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155795", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155795", "U DE D6")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155803", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155803", " PÁ CARREGADEIRA VOLVO L90 ANO 2009 OPERACIONAL ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155765", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155765", " TORRE DE EMPILHADEIRA TRIPLEX 5 TONELADAS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155804", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155804", " TRATOR DE ESTEIRA AD7B ANO 79 OPERACIONAL")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155796", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155796", "LAMINA D6 ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155802", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155802", " PÁ CARREGADEIRA CASE W7 ANO 82 MOTOR MB OM352 OPERACIONAL")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155774", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155774", " BLOCO CUMMINS ISL9 ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155805", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155805", "Torre de empilhadeira Duplex 190VX")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155806", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155806", "Torre de Empilhadeira")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155776", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155776", " APROX. 31 PNEUS COM RODA PARA EMPILHADEIRAS 50VX, 90VX, 155VX, 190VX (8.25X15, 7.00X12, 28.9X15,6.50X10")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155807", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155807", "Par de correntes para pneus 23,5x25")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155808", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155808", "Torre de empilhadeira Triplex")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155777", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155777", " CAIXA DE FERRAMENTA ESCAVADEIRA KOMATSU PC160")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155778", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155778", "04 RODAS PRA CAMINHÃO 10.00X20 ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155886", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155886", " CAMINHÃO MERCEDES. SUCATA ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155771", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155771", " CUBO DO MOTO SCRAPER 621S")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155775", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155775", " EIXO DIANTEIRO COM 2 PNEUS  MOD.1113")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155772", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155772", " PACOTE DO DIFERENCIAL DIANTEIRO COM EIXO MOTO SCRAPER 621S")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155764", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155764", " MOTOR CUMMINS QSB3,3 4 CILINDROS")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155809", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155809", "Transmissão Canadense 966R sem comando e bomba")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155801", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155801", " MOTOR CUMMINS ELETRONICO 6 CILINDROS. NO ESTADO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155810", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155810", "Comando traseiro completo  komatsu D85")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155780", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155780", " EIXO DIANTEIRO DO FORA DE ESTRADA RK425")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155811", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155811", "[ VÍDEO ] TRANSMISSÃO KOMATSU D85")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155902", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155902", " MOTO NIVELADORA COOBALT 170H ANO 2013")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155984", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155984", "[ VÍDEO ] TRATOR JOHN DEERE 530 ANO 2012. OPERACIONAL")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155773", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155773", "CABINE MOTO SCRAPER 621S")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155781", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155781", " RODA GUIA DO D6M")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155782", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155782", " MOTOR CAT 3306 BICO CANETA E BOMBA NEW SCROLL OPERACIONAL")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155911", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155911", " ROLO LARANJA")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155779", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155779", " MOTOR PERKINS 3C")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155784", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155784", " ROLO VAP 70 DESMONTADO ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155783", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155783", " GERADOR ANO 2007 NO ESTADO ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155787", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155787", "PAR DE ESTEIRAS D7 38 ELOS")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155912", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155912", " PRANCHA RONDOMIX ANO 2014  3 EIXO")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>123.500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155897", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155897", " MANIPULADOR CATERPILLAR M322D ANO 2015 OPERACIONAL. GARRA INCLUSA")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>300.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155900", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155900", " ROLO PAP 50 OPERACIONAL")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155904", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155904", " EMPILHADEIRA LINDE C/MOTOR E BOMBA 5TONELADA NO ESTADO")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155885", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155885", " TRATOR DE ESTEIRA D8K ANO 86 OPERACIONAL")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>100.500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155888", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155888", " TRATOR DE ESTEIRA 7D FIATALLIS ANO 96 TODO REVISADO  COM 20.000 HRS ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>167.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155896", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155896", " MOTONIVELADORA CATERPILLAR 120B ANO 88 ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>39.250,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155901", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155901", " PRANCHA TECTRAN ANO 1999 4 EIXOS")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155894", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155894", " ROLO DYNAPAC VC122 ANO 2004")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155906", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155906", " CAMINHÃO MERCEDES VERMELHO 1620 ANO 1997 OPERACIONAL")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>69.500,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155898", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155898", "[ VÍDEO ] TRATOR DE ESTEIRA CATERPILLAR D6R ANO 2022 OPERACIONAL")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155767", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155767", " PORTA CAT 320")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155766", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155766", " PORTA CASE CX 220")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155891", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155891", " MOTOR BIGCAN COM GRUPO GERADOR OPERACIONAL")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155908", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155908", " RETROESCAVADEIRA CASE CARCAÇA, H E DIFERENCIAL TRASEIRO")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155887", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155887", "[ VÍDEO ]  CAMINHÃO MERCEDES BENZ 1113 ANO 76 COM DIREÇÃO HIDRÁULICA  OPERACIONAL")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155813", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155813", "TRANSMISSÃO CATERPILLAR 950F, 936FE 960F")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155905", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155905", " MOTOR 3116 NO ESTADO SEM BICOS")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155899", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155899", "[ VÍDEO ] ESCAVADEIRA HYUNDAI R210LV-7 2008 OPERACIONAL")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>191.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155768", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155768", " CABINE 950F")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155910", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155910", " MOTO NIVELADORA KOMATSU GD555 2009 OPERACIONAL")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>171.500,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155913", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155913", " ROLO DYNAPAC CG-11 OPERACIONAL")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155982", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155982", "TRATOR MASSEY FERGUSON 4275. ANO 2010. OPERACIONAL")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...95 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155983", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155983", "GARRA SUCATEIRA")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155985", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155985", "[ VÍDEO ] TRATOR JOHN DEERE 530 ANO 2012. OPERACIONAL")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>60.500,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155986", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155986", "[ VÍDEO ] TRATOR JOHN DEERE 530 ANO 2012. OPERACIONAL")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...90 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155987", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155987", "[ VÍDEO ] TRATOR JOHN DEERE 530 ANO 2012. OPERACIONAL")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155893", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155893", "[ VÍDEO ] TRATOR JOHN DEERE 530 ANO 2012. OPERACIONAL")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...314 lines deleted...]
-      <c r="D31" s="4" t="inlineStr">
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156009", "091")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156009", "[ VÍDEO ] Caminhão basculante VW 14210 ANO 1989")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E31" s="5" t="inlineStr">
-[...122 lines deleted...]
-      <c r="D35" s="4" t="inlineStr">
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156010", "092")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156010", "[ VÍDEO ] Caminhão Comboio VW 11130 ANO 1985")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>64.500,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156012", "093")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156012", "[ VÍDEO ] ESCAVADEIRA HYUNDAI R250LC7 ANO 2008 HORIMETRO ORIGINAL ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E35" s="5" t="inlineStr">
-[...122 lines deleted...]
-      <c r="D39" s="4" t="inlineStr">
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156013", "094")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156013", "[ VÍDEO ] PÁ CARREGADEIRA KOMATSU WA200 2009 OPERACIONAL")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E39" s="5" t="inlineStr">
-[...1131 lines deleted...]
-      <c r="A75" s="5" t="inlineStr">
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>170.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156016", "095")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156016", "[ VÌDEO ] CAMINHÃO FORD MUNCK 1517 ANO 1986. OPERACIONAL. 12 TONELADAS")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
-      <c r="B75" s="4" t="inlineStr">
-[...941 lines deleted...]
-      </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>122.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156017", "096")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156017", "[ VÍDEO ] CAMINHÃO TANQUE VOLKS 11130 ANO 1985 OPERACIONAL CAP LITROS 15.000")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>