--- v0 (2025-11-13)
+++ v1 (2026-03-27)
@@ -269,4539 +269,3975 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155431", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155431", " Transformador de corrente - 380 a 480 volts (11 PEÇAS)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155432", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155432", " Transformador de corrente (TC), Fusíveis e Isoladores - Alta Tensão (78 PEÇAS)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155433", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155433", " Gerador de Fluxo de Ar (8 PEÇAS)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155438", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155438", " Variador de Tensão Trifásico - 750 VA (8 PEÇAS)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155447", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155447", " Variador de Tensão AC Trifásico - 1,2 KWA (5 PEÇAS)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155443", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155443", " Reator Eletrônico - Osram - 240 volts (13 PEÇAS)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155434", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155434", " Gerador de Função - Minipa - mfg-4210 (3 PEÇAS)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155445", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155445", " Capacitores - SIEMENS - 4 modelos diferentes (33 PEÇAS)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155442", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155442", " Equipamento para teste de Cargas Resistivas - 220 Volts AC/DC (3 PEÇAS)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155451", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155451", " Transdutor e Isolador Galvânico (56 PEÇAS)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155441", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155441", " Caixa de segurança intrínseca - Itron (15 PEÇAS) - acessório eletrônico que assegura isolação galvânica")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155435", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155435", " Amperímetros (35 PEÇAS)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155450", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155450", " Materiais Elétricos Diversos - Disjuntores, Relês, Fusíveis, Botueiras, Chave Seccionadora")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155446", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155446", " Fusíveis diversos")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155439", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155439", " Luz de Emergência (3 Peças)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155448", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155448", " Fisível para cabine primária (3 Peças)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155449", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155449", " Materiais Elétricos Diversos")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155462", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155462", " Simuladores de Carga Resistiva (16 Peças)")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155444", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155444", " Lanterna Didática")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155464", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155464", " Datapool Eletrônica (9 Peças)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155440", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155440", " Fontes de Alimentação Trifásico Ajustável (4 Peças)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155458", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155458", " Cargas Indutivas (3 Peças)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155457", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155457", " Equipamentos Eletrônica Industrial (9 Peças)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155466", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155466", " Caixa de Alimentação (4 Peças)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155436", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155436", " Oscilador de Áudio, Fonte de Alimentação, Crônometro digital, Frequencímetro, Estroboscópio (19 Peças)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155459", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155459", " Equipamento de Instrumentação (6 Peças)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155437", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155437", " Equipamento de cargas capacitivas (3 Peças)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155461", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155461", " Osciloscópio (1 Peça)")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155467", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155467", " Fontes Minipa e Instrutherm (3 Peças)")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155460", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155460", " Fontes de Alimentação Minipa (7 Peças)")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155478", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155478", " Gerador de Função - Minipa (8 Peças)")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155463", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155463", " Equipamento Minipa (4 Peças)")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155465", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155465", " Kit científico e impressora Panasonic")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155469", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155469", " Equipamento elétricos, amperímetro, Manoplas WEG")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155470", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155470", " Sirenes")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155486", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155486", " Prensa cabo de diversos tamanhos")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155474", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155474", " Acessórios para cabos elétricos (4 peças)")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155471", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155471", " Materiais elétricos, dijuntores e reles")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155472", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155472", " Materiais elétricos, dijuntores, contatores e porta fusíveis")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155476", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155476", " Mini contatores e contatores")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155473", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155473", " Disjuntores motores e sirene")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155468", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155468", " Materiais elétricos e amperímetros")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155480", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155480", " Materiais elétricos, reles, blocos auxiliares, chave comutadora")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155482", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155482", " Materiais elétricos, reles, sirenes, dijuntores e borner")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155483", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155483", " Materiais elétricos, Reles e Disjuntores")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155477", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155477", " Materias elétricos, reles chaves seccionadoras")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155479", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155479", " Materiais elétricos diversos")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155481", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155481", " Materiais elétricos diversos")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155488", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155488", " Materiais elétricos, fontes disjuntores, chaves NH, contator")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155485", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155485", " Materiais elétricos, dijuntores, capacitores, relês e adapatadores com trilho")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155494", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155494", " Módulos Eletronicos Phoenix contact Interbus")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155489", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155489", " Blocos e Botões")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155475", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155475", " Inversor de frequência Schneider Altivar 71, 5hp 380v")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155484", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155484", " Inversor de frequência Schneider Altivar 71, 5hp 380v")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155487", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155487", " Inversor de frequência Schneider Altivar 71, 5hp 380v")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155490", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155490", " Inversor de frequência Schneider Altivar 71, 7,5hp 380v")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155502", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155502", " Inversor de frequência Schneider Altivar 71, 7,5hp 380v")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155496", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155496", " Inversor de frequência Schneider Altivar 71, 7,5hp 380v")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155493", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155493", " Inversor de frequência Schneider Altivar 71, 7,5hp 380v")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155498", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155498", " Inversor de frequência Schneider Altivar 71, 7,5hp 380v")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155491", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155491", " Inversor de frequência Schneider Altivar 71, 7,5hp 380v")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155511", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155511", " Inversor de frequência Schneider Altivar 71, 7,5hp 380v")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155500", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155500", " Inversor de frequência Schneider Altivar 71, 7,5hp 380v")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155492", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155492", " Inversor de frequência Schneider Altivar 71, 7,5hp 380v")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155504", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155504", " Inversor de frequência Schneider Altivar 71, 7,5hp 380v")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155522", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155522", " Inversor de frequência Schneider Altivar 71, 10hp 380v")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155497", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155497", " Inversor de frequência Schneider Altivar 71, 10hp 380v")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155519", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155519", " Inversor de frequência Schneider Altivar 71, 10hp 380v")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155514", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155514", " Inversor de frequência Schneider Altivar 71, 10hp 380v")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155501", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155501", " Inversor de frequência Schneider Altivar 71, 10hp 380v")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155499", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155499", " Inversor de frequência Schneider Altivar 71, 10hp 380v")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155503", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155503", " Inversor de Frequência Siemens Micromaster Profibus 2hp 220v")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155513", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155513", " Inversor de Frequência Siemens Micromaster Profibus 2hp 220v")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155521", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155521", " Inversor de Frequência Siemens Micromaster Profibus 2hp 220v")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155495", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155495", " Inversor de Frequência Siemens Micromaster Profibus 2hp 220v")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155512", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155512", " Inversor de Frequência Siemens Micromaster Profibus 2hp 220v")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155523", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155523", " Inversor de Frequência Siemens Micromaster Profibus 2hp 220v")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155518", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155518", " Inversor de Frequência Siemens Micromaster Profibus 2hp 220v")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155532", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155532", " Inversor de frequência Siemens Micromaster 420, 2hp 380v")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155515", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155515", " Inversor de frequência Siemens Profibus, 3hp 220v")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155508", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155508", " Inversor de frequência Siemens Micromaster Profibus, 5hp 220v")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155507", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155507", " Inversor de frequência Siemens Micromaster Profibus, 5hp 220v")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155526", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155526", " Inversor de frequência Siemens Micromaster Profibus, 7,5hp 220v")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155533", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155533", " Inversor de frequência Siemens Micromaster Profibus, 7,5hp 220v")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155509", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155509", " Inversor de Frequência Siemens Micromaster 440, 20hp 220v")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155516", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155516", " Inversor de Frequência Siemens Micromaster 440, 20hp 220v")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155506", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155506", " Inversor de frequência Siemens Micromaster 440 15hp 220v")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155505", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155505", " Inversor de frequência Siemens Micromaster 440 15hp 220v")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155524", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155524", " Inversor de frequência Siemens Micromaster 440 30hp 220v")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
+      <c r="D99" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155520", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155520", " Inversor de frequência Siemens Micromaster 440 30hp 220v")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155510", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155510", " Inversor de frequência Weg CFW08 0,5hp 380v")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155528", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155528", " Inversor de Frequência Allen Bradley Power Flex 2hp 380v")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155517", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155517", " Inversor de Frequência Allen Bradley Power Flex 5hp 380v")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155527", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155527", " Inversor de Frequência Allen Bradley Power Flex 5hp 380v")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155525", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155525", " Inversor de Frequência Allen Bradley Power Flex 5hp 380v")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155531", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155531", " Inversor de frequência Weg CFW08 10hp 220v")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155530", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155530", " Inversor de Frequência Weg CFW08 15hp 380v")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>2.950,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155529", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155529", " Inversor de frequência Danfoss VLT 2800, 10hp 380v")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155535", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155535", " Inversor de frequência Danfoss VLT 2800, 10hp 380v")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155537", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155537", " Inversor de frequência Danfoss VLT 2800, 10hp 380v")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155536", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155536", " Inversor de Frequência Danfoss VLT HVAC Basic Drive 7,5 220v")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155539", "102")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155539", " Inversor de Frequência Danfoss VLT HVAC Basic Drive 7,5 220v")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155543", "103")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155543", " Inversor de Frequência Danfoss VLT HVAC Drive, 7,5hp 220V")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155541", "104")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155541", " Inversor de Frequência Danfoss VLT HVAC Drive, 7,5hp 220V")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155534", "105")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155534", " Inversor de Frequência Danfoss VLT HVAC Drive, 7,5hp 220V")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155540", "106")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155540", " Inversor de Frequência Danfoss VLT HVAC Drive, 7,5hp 220V")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155542", "107")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155542", " Inversor de Frequência Danfoss VLT 6000 HVAC, 15hp 220v")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155538", "108")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155538", " Inversor de Frequência Danfoss VLT 2800 15hp 380v")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155550", "109")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155550", " Inversor de Frequência Danfoss VLT 2800 15hp 380v")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155548", "110")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155548", " Inversor de Frequência Weg CFW08 3hp 380v")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155549", "111")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155549", " Inversor de Frequência Schmersal 1,5hp 230V")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155552", "112")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155552", " Inversor de Frequência Vacon 1,5hp 230v")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155545", "113")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155545", " SEW Eurodrive 1hp 380v")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155559", "114")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155559", " Contatores ABB")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155452", "115")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155452", " Inversor de Frequência Danfoss VLT Micro Drive 2hp 240v")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155555", "116")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155555", " Inversor de Frequência Danfoss VLT Micro Drive 2hp 240v")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155551", "117")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155551", " Inversor de Frequência Danfoss VLT Micro Drive 2hp 240v")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155544", "118")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155544", " Inversor de Frequência Danfoss VLT Micro Drive 2hp 240v")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155546", "119")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155546", " Inversor de Frequência Danfoss VLT Micro Drive 2hp 240v")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155554", "120")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155554", " Inversor de Frequência Danfoss VLT Micro Drive 2hp 240v")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155547", "121")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155547", " Inversor de Frequência Danfoss VLT Micro Drive 2hp 240v")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155562", "122")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155562", " Inversor de Frequência Danfoss VLT Micro Drive 2hp 240v")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155553", "123")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155553", " Inversor de Frequência Danfoss VLT Micro Drive 2hp 240v")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155560", "124")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155560", " Inversor de Frequência Danfoss VLT Micro Drive 2hp 240v")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155565", "125")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155565", " Inversor de frequência Yaskawa V1000 - 10 hp 380v")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155456", "126")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155456", " Inversor de frequência Yaskawa V1000 - 10 hp 380v")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155455", "128")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155455", " Retificador/ carregador de baterias microprocessado - CBM-9000 - Adelco")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155556", "129")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155556", " Máquina de costura LANMAX - LM-303HR")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155558", "130")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155558", " Máquina de costura Siruba - 737f- 504 m1- 15")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155566", "131")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155566", " Armários")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155557", "132")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155557", " Racks")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
-[...2367 lines deleted...]
-      <c r="F95" s="4" t="inlineStr">
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155454", "133")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155454", "Aparelhos e caixas de som conforme especificações")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-[...121 lines deleted...]
-      <c r="F99" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155561", "134")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155561", " Disjuntor Siemens caixa aberta 4.000A")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155568", "135")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155568", " Disjuntor Siemens caixa aberta 3.200A")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155563", "136")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155563", " Disjuntor caixa moldada ABB 1.000A")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-[...25 lines deleted...]
-      <c r="F100" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155571", "137")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155571", " Disjuntor caixa moldada ABB 1.000A")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-[...1433 lines deleted...]
-      <c r="F145" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155567", "138")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155567", " Disjuntor caixa moldada ABB 1250A")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-[...25 lines deleted...]
-      <c r="F146" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155569", "139")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155569", " Softstarter ABB")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-[...25 lines deleted...]
-      <c r="F147" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155453", "140")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155453", " Softstarter ABB")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-[...62 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155570", "141")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155570", " Gerador Stemac 1500kva")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>330.000,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155572", "142")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155572", " Gerador Stemac, motor Mitsubishi, 2040 kva")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>500.000,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>