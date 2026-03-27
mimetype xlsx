--- v0 (2025-11-30)
+++ v1 (2026-03-27)
@@ -269,2011 +269,1763 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154305", "522")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154305", "CONJUNTO DE EQUIPAMENTO AGRICOLA TRANSBORDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154306", "523")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154306", "GUILHOTINA; MEDIDAS: 3,30 DE COMPRIMENTO E 1,45 DE LARGURA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154307", "524")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154307", "PRENSA; 160 T - 1.16X1.85 DE LARGURA E 2.10 DE ALTURA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154308", "525")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154308", "CALANDRA (PEÇAS)")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154309", "526")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154309", "FURADEIRA (PEÇAS)")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154310", "527")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154310", "COMPRESSOR DE AR; WAYNE - W96011H - 425L 15HP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154311", "528")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154311", "COMPRESSOR DE AR; SCHUZ MSWV60 FORT")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154312", "529")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154312", "veja o vídeo!! CAMINHONETE GM/CHEVROLET C1404; 1976/1976; VERMELHA; GASOLINA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154313", "530")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154313", "APROX. 5.5 TONELADAS DE CUBOS DE CAMINHÕES - LANCE POR KG")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2,40</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154314", "531")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154314", "VIGAS DE 6 METROS (APROX. 6 TONELADAS) - LANCE POR KG")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1,20</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154315", "532")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154315", "APROX. 60 UND DE CADEIRAS ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154316", "533")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154316", "2 CAIXA AZUL (PARAFUSOS/ENGRENAGENS) - LANCE POR KG")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1,50</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154317", "534")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154317", "APROX. 8 TONELADAS DE TUBO; 2,5 POLEGADAS - 1,5 POLEGADA - 2 POLEGADAS - 1 POLEGADA x3/8 - LANCE POR KG")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>3,50</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154318", "535")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154318", "APROX. 3.900KG DE PISTÃO - LANCE POR KG")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154319", "536")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154319", "APROX 8 METROS DE ESTEIRA BORRACHA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154321", "538")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154321", "REBOQUE R/RODOFORT RR CN; 2007/2007; VERMELHA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154741", "539")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154741", "REBOQUE R/RODOFORT RR CN; 2007/2007; VERMELHA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154322", "540")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154322", "APROX. 160 UND DE PNEUS DIVERSOS ARO 14/15/16; 8 - PALETES")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154323", "541")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154323", "APROX. 160 UND DE PNEUS DIVERSOS ARO 14/15/16; 9 - PALETES")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154700", "542")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154700", "27 UND DE PNEUS AGRÍCOLAS; 6.50-16")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154701", "543")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154701", "17 UND DE PNEUS AGRÍCOLAS; 600/50 R22.5")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154702", "544")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154702", "2 UND DE PNEUS AGRÍCOLAS; 560/60 R22.5")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154703", "545")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154703", "3 UND DE PNEUS AGRÍCOLAS; 650/75 R-32")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>3.300,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154704", "546")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154704", "2 UND DE PNEUS AGRÍCOLAS; 23.1/18-30")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154705", "547")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154705", "2 UND DE PNEUS AGRÍCOLAS; 28.1-26")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154706", "548")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154706", "2 UND DE PNEUS AGRÍCOLAS; 600/55-30.5")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154707", "549")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154707", "10 UND DE PNEUS AGRÍCOLAS; 710/70 R-38")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154708", "550")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154708", "2 UND DE PNEUS AGRÍCOLAS; 650/60-38")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154709", "551")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154709", "13 UND DE PNEUS AGRÍCOLAS; 600/65 R-28")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154710", "552")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154710", "4 UND DE PNEUS AGRÍCOLAS; 13.6-38")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154711", "553")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154711", "2 UND DE PNEUS AGRÍCOLAS; 380/80 R-38")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154712", "554")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154712", "19 UND DE PNEUS AGRÍCOLAS; 12.4-36")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>2.850,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154713", "555")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154713", "4 UND DE PNEUS AGRÍCOLAS; 18.4-26")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>2.450,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154714", "556")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154714", "6 UND DE PNEUS AGRÍCOLAS; 24.5-32")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154715", "557")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154715", "6 UND DE PNEUS AGRÍCOLAS; 500/45-22.5")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154716", "558")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154716", "2 UND DE PNEUS AGRÍCOLAS; 380/90 R-46")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154717", "559")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154717", "2 UND DE PNEUS AGRÍCOLAS; 14.9-26")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154718", "560")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154718", "2 UND DE PNEUS AGRÍCOLAS; 440/80 R-28")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>2.450,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154719", "561")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154719", "2 UND DE PNEUS AGRÍCOLAS; 18.4-30")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154720", "562")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154720", "2 UND DE PNEUS AGRÍCOLAS; 14.9-28")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154721", "563")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154721", "PNEU AGRICOLA; 16.9-28")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154722", "564")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154722", "5 UND DE PNEUS AGRÍCOLAS; 400/60-15.5")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154723", "565")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154723", "39 UND DE PNEUS AGRÍCOLAS; 600/50-22.5")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154724", "566")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154724", "4 UND DE PNEUS AGRÍCOLAS; 24.5-32")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154725", "567")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154725", "4 UND DE PNEUS AGRÍCOLAS; 540/80 R-38")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154726", "568")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154726", "PNEU AGRICOLA; 17.5-25")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154727", "569")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154727", "10 UND DE PNEUS RODOVIARIOS; 9.00-20")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154728", "570")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154728", "PNEU RODOVIARIO; 1.000-20")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154729", "571")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154729", "5 UND DE PNEUS RODOVIARIOS; 385/95 R-24")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154730", "572")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154730", "30 UND DE PNEUS RODOVIARIOS; 275/80 R-22.5")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>24.150,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154731", "573")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154731", "63 UND DE PNEUS RODOVIARIOS; 275/80 R-22.5")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>22.050,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154732", "574")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154732", "37 UND DE PNEUS RODOVIARIOS; 295/80 R-22.5")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>13.200,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154733", "575")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154733", "20 UND DE PNEUS RODOVIARIOS; 11.00-22")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>10.550,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154734", "576")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154734", "2 UND DE PNEUS AGRÍCOLAS; 18.4-38")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154735", "577")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154735", "7 UND DE PNEUS AGRÍCOLAS; 18.4-26")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>7.150,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154736", "578")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154736", "14 UND DE PNEUS AGRÍCOLAS; 600/50 22.5")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154737", "579")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154737", "11 UND DE PNEUS DIVERSOS MAQUINAS; 35.5LB32")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154738", "580")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154738", "2 PNEUS 270/95 R38 C/RODA")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154739", "581")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154739", "CARROCERIA DE MADEIRA ")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154740", "582")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154740", "21 UND DE CAMPANAS")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154773", "583")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154773", "4 UND DE PNEUS AGRÍCOLAS; 15.5-38 - GOODYEAR - DYNA TORQUE III")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154774", "584")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154774", "2 UND DE PNEUS AGRÍCOLAS; 20.8-38 - TITAN - ARROIZEIRO ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>