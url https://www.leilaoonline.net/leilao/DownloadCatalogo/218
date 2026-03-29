--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,411 +269,363 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10376", "250")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10376", "PEUGEOT; 207 HB XR; 2009/2010; ALCO./GASOL.; PRETA;")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10367", "251")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10367", "I; KIA SORENTO EX 2.5 CR3; 2006/2007; PRATA DIESEL; ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>28.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10373", "252")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10373", "GM ZAFIRA EXPRESSION; 2012/2012; BRANCA; GAS/ALC/GNV")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>85</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>19.100,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10375", "253")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10375", "PEUGEOT; 2008 GRIFFE A; 2015/2016; PRATA; ALCO./GASOL. - APROX. 11.000KM")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>46.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10370", "254")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10370", "FIAT/ STRADA ADVENTURE CD, ANO/MOD 11/12, COR VERMELHA, FLEX")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10371", "255")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10371", "DODGE; JOURNEY SXT; 2010/2010; PRATA; GASOLINA; 7 LUGARES")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10372", "256")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10372", "HONDA FIT LXL FLEX; 2009/2010; PRETA; ALCO./GASOL.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10385", "257")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10385", "HONDA FIT LX AUTOMÁTICO, ANO 2008/2008, COMB. GAS. COR CINZA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10388", "258")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10388", "RANAULT/ CLIO AUT 1.0 16V, ANO/MOD 04/05, COMB. GASOLINA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10389", "259")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10389", "I/ VOLVO XC60 2.0 T5  R-DES, ANO/MOD. 2013/2014, COMB. GASOLINA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>74.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10390", "260")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10390", "FIAT/ IDEA ADVENTURE DUAL; 2011/2011; CINZA; ALCO/GASOL.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10400", "261")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10400", "DAFRA SPEED 150 CARGO 2009/2010; GASOLINA; AMARELA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>